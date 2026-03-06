--- v0 (2025-11-11)
+++ v1 (2026-03-06)
@@ -51,11000 +51,11000 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1426/projeto_de_lei_no_001_2022.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1426/projeto_de_lei_no_001_2022.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL - ART. 37, X, DA CONSTITUIÇÃO FEDERAL, AOS VENCIMENTOS DOS SERVIDORES, AOS PROVENTOS E AS PENSÕES DOS APOSENTADOS E PENSIONISTAS DO PODER EXECUTIVO MUNICIPAL, BEM COMO CONCEDE AUMENTO REAL AOS VENCIMENTOS DOS SERVIDORES, AOS PROVENTOS E AS PENSÕES DOS APOSENTADOS E PENSIONISTAS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1427/projeto_de_lei_no_002_2022.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1427/projeto_de_lei_no_002_2022.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR DO VALE ALIMENTAÇÃO EM R$ 400,00 (QUATROCENTOS REAIS)</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1428/projeto_de_lei_no_003_2022.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1428/projeto_de_lei_no_003_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1442/projeto_de_lei_no_004_2022_contratacao_emergencial_-_professor.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1442/projeto_de_lei_no_004_2022_contratacao_emergencial_-_professor.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA EM CARATER EMERGENCIAL DE EXCEPCIONAL INTERESSE PUBLICO</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1443/projeto_de_lei_no_005-2022_-_p._historia.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1443/projeto_de_lei_no_005-2022_-_p._historia.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORARIA DE EXCEPCIONAL INTERESSE PUBLICO</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1444/projeto_de_lei_no_006-2022_-_p._portugues-ingles.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1444/projeto_de_lei_no_006-2022_-_p._portugues-ingles.pdf</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1445/projeto_de_lei_no_007_inclui_o__3o_no_artigo_25_da_lei_municipal_no_4422005_que_institui_o_plano_de_carreira.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1445/projeto_de_lei_no_007_inclui_o__3o_no_artigo_25_da_lei_municipal_no_4422005_que_institui_o_plano_de_carreira.pdf</t>
   </si>
   <si>
     <t>Inclui o § 3º no artigo 25 da Lei Municipal nº 442/2005, que institui o Plano de Carreira dos Servidores Municipais de Cerrito</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1446/projeto_de_lei_no_008_revisao_geral_anual_prof_pedagogo_aumento_real_equiparar_piso_nacional_e_revisao_ag_comu.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1446/projeto_de_lei_no_008_revisao_geral_anual_prof_pedagogo_aumento_real_equiparar_piso_nacional_e_revisao_ag_comu.pdf</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual – art. 37, inciso X da Constituição Federal – aos titulares dos cargos efetivos de Professor e Pedagogo e aos empregados públicos de Professor que tenham formação mínima de Magistério concluída até dezembro de 2001, bem como concede aumento real, a fim de equipar o Piso Municipal ao Piso Nacional do Magistério, e concede Revisão Geral Anual aos Agentes Comunitários de Saúde.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1447/projeto_de_lei_no_009_2022_programa_de_demissao_voluntaria__pdv_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1447/projeto_de_lei_no_009_2022_programa_de_demissao_voluntaria__pdv_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Poder Executivo de Cerrito, o Programa de Demissão Voluntária – PDV, e dá outras providências</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1448/projeto_de_lei_no_010_2022_cria_o_conselho_municipal_de_saneamento_basico_de_cerrito_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1448/projeto_de_lei_no_010_2022_cria_o_conselho_municipal_de_saneamento_basico_de_cerrito_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Saneamento Básico de Cerrito e dá outras providências</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1449/projeto_de_lei_no_011_2022_gratif_aos_serv_publicos_municipais_ocupantes_do_cargo_de_motorista_de_cacamba.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1449/projeto_de_lei_no_011_2022_gratif_aos_serv_publicos_municipais_ocupantes_do_cargo_de_motorista_de_cacamba.pdf</t>
   </si>
   <si>
     <t>Institui gratificação aos servidores públicos municipais ocupantes do cargo de Motorista, designados a desempenhar atividades em caminhão caçamba</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1450/projeto_de_lei_no_012_abertua_credito_adicional.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1450/projeto_de_lei_no_012_abertua_credito_adicional.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial no orçamento vigente</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1451/projeto_de_lei_no_013_altera_lei_1343_rpps.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1451/projeto_de_lei_no_013_altera_lei_1343_rpps.pdf</t>
   </si>
   <si>
     <t>Altera o art. 13 da Lei Municipal nº 1343, de 21 de dezembro de 2018</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1452/projeto_de_lei_no_014_revoga_medidas_uso_mascara.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1452/projeto_de_lei_no_014_revoga_medidas_uso_mascara.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal 1449/2020</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1453/projeto_de_lei_no_015_prof_matematica.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1453/projeto_de_lei_no_015_prof_matematica.pdf</t>
   </si>
   <si>
     <t>Autoriza a Contratação Temporária em Caráter Emergencial de Excepcional Interesse Público</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1454/projeto_de_lei_no_016_contratacao_motorista.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1454/projeto_de_lei_no_016_contratacao_motorista.pdf</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1455/projeto_de_lei_no_017_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1455/projeto_de_lei_no_017_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1456/projeto_de_lei_no_018_altera_a_redacao_do_anexo_i_da_lei_municipal_no_1520_de_22_de_novembro_de_2021.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1456/projeto_de_lei_no_018_altera_a_redacao_do_anexo_i_da_lei_municipal_no_1520_de_22_de_novembro_de_2021.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Anexo I da Lei Municipal nº 1520, de 22 de novembro de 2021 – PPA 2022 – 2025</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1457/projeto_de_lei_no_019_altera_a_redacao_do_anexo_iii_da_lei_municipal_no_1524_de_17_de_dezembro_de_2021__ldo.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1457/projeto_de_lei_no_019_altera_a_redacao_do_anexo_iii_da_lei_municipal_no_1524_de_17_de_dezembro_de_2021__ldo.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Anexo III da Lei Municipal nº 1524, de 17 de dezembro de 2021 – LDO 2022</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1458/projeto_de_lei_no_020_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1458/projeto_de_lei_no_020_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1459/projeto_de_lei_no_021_altera_a_redacao_do_anexo_i_da_lei_municipal_no_1520_de_22_de_novembro_de_2021.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1459/projeto_de_lei_no_021_altera_a_redacao_do_anexo_i_da_lei_municipal_no_1520_de_22_de_novembro_de_2021.pdf</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1460/projeto_de_lei_no_022_altera_a_redacao_do_anexo_iii_da_lei_municipal_no_1524_de_17_de_dezembro_de_2021__ldo.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1460/projeto_de_lei_no_022_altera_a_redacao_do_anexo_iii_da_lei_municipal_no_1524_de_17_de_dezembro_de_2021__ldo.pdf</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1461/projeto_de_lei_no_023_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1461/projeto_de_lei_no_023_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1462/projeto_de_lei_no_024_altera_a_redacao_do_anexo_i_da_lei_municipal_no_1520_de_22_de_novembro_de_2021.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1462/projeto_de_lei_no_024_altera_a_redacao_do_anexo_i_da_lei_municipal_no_1520_de_22_de_novembro_de_2021.pdf</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1463/projeto_de_lei_no_025_altera_a_redacao_do_anexo_iii_da_lei_municipal_no_1524_de_17_de_dezembro_de_2021__ldo.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1463/projeto_de_lei_no_025_altera_a_redacao_do_anexo_iii_da_lei_municipal_no_1524_de_17_de_dezembro_de_2021__ldo.pdf</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1464/projeto_de_lei_no_026_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1464/projeto_de_lei_no_026_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1465/projeto_de_lei_no_027_altera_a_redacao_do_anexo_i_da_lei_municipal_no_1520_de_22_de_novembro_de_2021.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1465/projeto_de_lei_no_027_altera_a_redacao_do_anexo_i_da_lei_municipal_no_1520_de_22_de_novembro_de_2021.pdf</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1466/projeto_de_lei_no_028_altera_a_redacao_do_anexo_iii_da_lei_municipal_no_1524_de_17_de_dezembro_de_2021__ldo.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1466/projeto_de_lei_no_028_altera_a_redacao_do_anexo_iii_da_lei_municipal_no_1524_de_17_de_dezembro_de_2021__ldo.pdf</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1467/projeto_de_lei_no_029_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1467/projeto_de_lei_no_029_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1468/projeto_de_lei_no_030_autoriza_a_contratacao_temporaria_em_carater_emergencial_servente.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1468/projeto_de_lei_no_030_autoriza_a_contratacao_temporaria_em_carater_emergencial_servente.pdf</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1469/projeto_de_lei_no_031_autoriza_a_contratacao_temporaria_em_carater_emergencial_operario.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1469/projeto_de_lei_no_031_autoriza_a_contratacao_temporaria_em_carater_emergencial_operario.pdf</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1470/projeto_de_lei_no_031_autoriza_a_contratacao_temporaria_em_carater_emergencial_operario.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1470/projeto_de_lei_no_031_autoriza_a_contratacao_temporaria_em_carater_emergencial_operario.pdf</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1471/projeto_de_lei_no_033_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1471/projeto_de_lei_no_033_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1472/projeto_de_lei_no_034_revisao_geral_anual_remuneracao_dos_conselheiros_tutelares_bem_como_concede_aumento.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1472/projeto_de_lei_no_034_revisao_geral_anual_remuneracao_dos_conselheiros_tutelares_bem_como_concede_aumento.pdf</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual – art. 37, X, da Constituição Federal, à remuneração dos Conselheiros Tutelares, bem como concede aumento</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1473/projeto_de_lei_no_035_cria_emprego_publico_de_agente_de_combate_a_endemias_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1473/projeto_de_lei_no_035_cria_emprego_publico_de_agente_de_combate_a_endemias_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Cria emprego público de Agente de Combate a Endemias e dá outras providências</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1358/projeto_de_lei_no_013_-_servente_com_anexo.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1358/projeto_de_lei_no_013_-_servente_com_anexo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PUBLICO (SERVENTE)</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1359/projeto_de_lei_n._014_de_2021_-_projeto_de_lei_para_compra_de_vacinas.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1359/projeto_de_lei_n._014_de_2021_-_projeto_de_lei_para_compra_de_vacinas.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AQUISIÇÃO DE VACINAS PARA O ENFRENTAMENTO DA PANDEMIA DA COVID 19 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1360/projeto_de_lei_no_015_-_operador_de_maquina_com_anexos.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1360/projeto_de_lei_no_015_-_operador_de_maquina_com_anexos.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PUBLICO (OPERADOR)</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1361/projeto_de_lei_no_016_-_tecnico_em_enfermagem-_com_anexos.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1361/projeto_de_lei_no_016_-_tecnico_em_enfermagem-_com_anexos.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PUBLICO (TÉCNICO ENFERMAGEM)</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1362/projeto_de_lei__no_018_21_-_construcao_predio_sec._assist._social_2.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1362/projeto_de_lei__no_018_21_-_construcao_predio_sec._assist._social_2.pdf</t>
   </si>
   <si>
     <t>ALTERA O PLANO PLURIANUAL 2018-2021, ALTERA A LDO 2021 E AUTORIZA A ABERTURA DE CREDITO ESPECIAL NO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1363/projeto_de_lei_no_021.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1363/projeto_de_lei_no_021.pdf</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1364/projeto_de_lei_no_022.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1364/projeto_de_lei_no_022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITOS ADICIONAIS NO ORÇAMENTO VIGENTE</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1365/projeto_de_lei_no_023.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1365/projeto_de_lei_no_023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS NO ORÇAMENTO VIGENTE</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_lei_no_024.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_lei_no_024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_no_025.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_no_025.pdf</t>
   </si>
   <si>
     <t>CRIA O NOVO CONSELHO MUNICIPAL DE ACOMPANHAMENTO  E DE CONTROLE SOCIAL NO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BASICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO - FUNDEB DE QUE TRATA A LEI FEDERAL N° 14.113, DE 25 DE DEZEMBRO DE 2020, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1368/projeto_de_lei_no_027_2.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1368/projeto_de_lei_no_027_2.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA A INSTITUIÇÃO DE PONTO FACULTATIVO NO ÂMBITO DA ADMINISTRAÇÃO PUBLICA DO MUNICÍPIO DE CERRITO</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1369/projeto_de_lei_no_028.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1369/projeto_de_lei_no_028.pdf</t>
   </si>
   <si>
     <t>RATIFICA PROTOCOLO DE INTENÇÕES FIRMADO ENTRE MUNICIPIOS BRASILEIROS, COM A FINALIDADE DE ADQUIRIR VACINAS PARA COMBATE A PANDEMIA DO CORONAVIRUS, MEDICAMENTOS, INSUMOS E EQUIPAMENTOS DA AREA DA SAÚDE</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1370/projeto_de_lei_no_029_2021_1.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1370/projeto_de_lei_no_029_2021_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA EM CARÁTER EMERGENCIAL DE EXCEPCIONAL INTERESSE PUBLICO</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1371/projeto_de_lei_no_030_santa_casa_1.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1371/projeto_de_lei_no_030_santa_casa_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CERRITO A FIRMAR CONVÊNIO COM A SANTA CASA DE MISERICÓRDIA DE PEDRO OSORIO - RS, PARA FINS DE REPASSAR O VALOR DE R$ 15.000,00 (QUINZE MIL REAIS) MENSAIS PARA ATENDIMENTO DAS MEDIDAS DE PROTEÇÃO E PREVENÇÃO PARA ENFRENTAMENTO DA EMERGÊNCIA DE SAÚDE PÚBLICA DE IMPORTÂNCIA INTERNACIONAL DECORRENTE DO CORONAVIRUS (COVID - 19)</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1372/projeto_de_lei_031_-_contratacao_de_pedreiro_2.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1372/projeto_de_lei_031_-_contratacao_de_pedreiro_2.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA EM CARÁTER EMERGENCIAL DE EXCEPCIONAL INTERESSE PÚBLICO</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1373/projeto_de_lei_032-_abertura_de_credito_aquisicao_de_terreno_1.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1373/projeto_de_lei_032-_abertura_de_credito_aquisicao_de_terreno_1.pdf</t>
   </si>
   <si>
     <t>ALTERA PLANO PLURIANUAL 2018-2021 E DIRETRIZES ORÇAMENTARIAS 2021 E AUTORIZA A ABERTURA DE CREDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1374/projeto_de_lei_no_034_2021_2.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1374/projeto_de_lei_no_034_2021_2.pdf</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1375/projeto_de_lei_no_035_2.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1375/projeto_de_lei_no_035_2.pdf</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1376/projeto_de_lei_no_036_2021_1.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1376/projeto_de_lei_no_036_2021_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR PARCERIA COM A ASSOCIAÇÃO BENEFICENTE LAR SÃO FRANCISCO DE ASSIS</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1377/projeto_de_lei_no_037_2021_2.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1377/projeto_de_lei_no_037_2021_2.pdf</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1378/projeto_de_lei_no_038.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1378/projeto_de_lei_no_038.pdf</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1379/projeto_de_lei_no_039_2021.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1379/projeto_de_lei_no_039_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER PUBLICO A CONCEDER O USO DE UMA SALA DE UM IMOVEL PARA A INSTALAÇÃO DE UMA INSTITUIÇÃO FINANCEIRA</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1380/pl_40_-_cessao_uso_oneroso_1.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1380/pl_40_-_cessao_uso_oneroso_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER O USO, DE FORMA ONEROSA, DE UM ESPAÇO DENTRO DE UM IMOVEL PUBLICO PARA A INSTALAÇÃO DE UMA INSTITUIÇÃO FINANCEIRA</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1381/projeto_de_lei_no_043_1.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1381/projeto_de_lei_no_043_1.pdf</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1382/projeto_de_lei_no_044_1.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1382/projeto_de_lei_no_044_1.pdf</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1383/projeto_de_lei_no_050.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1383/projeto_de_lei_no_050.pdf</t>
   </si>
   <si>
     <t>ALTERA AS ALIQUOTAS DE CONTRIBUIÇÃO PREVIDENCIÁRIA DEVIDAS PELO MUNICIPIO AO REGIME PROPRIO DE PREVIDENCIA SOCIAL - RPPS</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_no_051.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_no_051.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIME DE PREVIDENCIA COMPLEMENTAR-RPC,  NO AMBITO DO MUNICIPIO DE CERRITO E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1411/projeto_de_lei_no_055_2.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1411/projeto_de_lei_no_055_2.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA MUNICIPAL DE CULTURA DO MUNICIPIO DE CERRITO, CRIAÇÃO DO CONSELHO MUNICIPAL DE CULTURA, CRIAÇÃO DO FUNDO MUNICIPAL DE CULTURA, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1412/projeto_de_lei_no_056_1.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1412/projeto_de_lei_no_056_1.pdf</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1413/projeto_de_lei_no_057_1.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1413/projeto_de_lei_no_057_1.pdf</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1414/projeto_de_lei_no_058.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1414/projeto_de_lei_no_058.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTARIAS PARA O EXERCICIO FINANCEIRO DE 2022</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1415/projeto_de_lei_no_059.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1415/projeto_de_lei_no_059.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°561/2008, QUE CRIA O LAR SUBSTITUTO NO AMBITO DO MUNICIPIO DE CERRITO</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1416/projeto_de_lei_no_060.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1416/projeto_de_lei_no_060.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N°905/2012,  A LEI MUNICIPAL N° 938/2012, E A LEI MUNICIPAL °1255/2017</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1417/projeto_de_lei_no_061.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1417/projeto_de_lei_no_061.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O LICENCIAMENTO AMBIENTAL NO MUNICIPIO DE CERRITO E INSTITUI A TAXA DE LICENCIAMENTO AMBIENTAL</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1418/projeto_de_lei_no_062.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1418/projeto_de_lei_no_062.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORARIA EM CARATER EMERGENCIAL DE EXCEPCIONAL INTERESSE PUBLICO</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_no_063.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_no_063.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 1° DA LEI MUNICIPAL N° 1052/2014</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1420/projeto_de_lei_no_064_1.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1420/projeto_de_lei_no_064_1.pdf</t>
   </si>
   <si>
     <t>CONCEDE ANISTIA DE MULTA E REMISSÃO DE JUROS DE DEBITOS PERANTE A ADMINISTRAÇÃO MUNICIPAL, VENCIDOS ATE 31/12/2021</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei_no_065_1.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei_no_065_1.pdf</t>
   </si>
   <si>
     <t>CONCEDE DESCONTO PARA PAGAMENTO EM PARCELA UNICA DO IMPOSTO PREDIAL E TERRITORIAL URBANO - IPTU, REFERENTE AO EXERCICIO DE 2022</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1422/projeto_de_lei_no_066.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1422/projeto_de_lei_no_066.pdf</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_no_067_1.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_no_067_1.pdf</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_no_068_2.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_no_068_2.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DE CREDITOS MUNICIPAIS DE NATUREZA NAO TRIBUTARIA, DECORRENTES EXCLUSIVAMENTE DAS ATIVIDADES DO DEPARTAMENTO DE VIGILANCIA SANITARIA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1425/projeto_de_lei_no_069-2021_2.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1425/projeto_de_lei_no_069-2021_2.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE CERRITO PARA O EXERCICIO FINANCEIRO DE 2022</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1185/lei_1346.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1185/lei_1346.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR DO VALE ALIMENTAÇÃO EM R$ 250,00</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1186/lei_1347.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1186/lei_1347.pdf</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1187/lei_1348.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1187/lei_1348.pdf</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1188/lei_1349.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1188/lei_1349.pdf</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1189/lei_1350.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1189/lei_1350.pdf</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1190/lei_1351.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1190/lei_1351.pdf</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1191/lei_1352.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1191/lei_1352.pdf</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1192/lei_1353.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1192/lei_1353.pdf</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1193/lei_1354.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1193/lei_1354.pdf</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1194/lei_1355.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1194/lei_1355.pdf</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1195/lei_1356.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1195/lei_1356.pdf</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1196/lei_1357.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1196/lei_1357.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL - ART 37, X. DA CF - AOS VENCIMENTOS DOS SERVIDORES, AOS PROVENTOS E AS PENSÕES DOS APOSENTADOS E PENSIONISTAS DO PODER EXECUTIVO MUNICIPAL, BEM COMO CONCEDE AUMENTO REAL, AOS VENCIMENTOS DOS SERVIDORES, AOS PROVENTOS E AS PENSÕES DOS APOSENTADOS E PENSIONISTAS</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1197/lei_1358.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1197/lei_1358.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS VENCIMENTOS DOS SERVIDORES ATIVOS, INATIVOS E PENSIONISTAS DA CAMARA MUNICIPAL, O REAJUSTE DE 3,75% A TITULO DE REVISÃO GERAL ANUAL</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1198/lei_1359.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1198/lei_1359.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS SUBSIDIOS DOS VEREADORES DA CAMARA MUNICIPAL O REAJUSTE DE 3,75% A TITULO DE REVISÃO GERAL</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1199/lei_1360.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1199/lei_1360.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS VENCIMENTOS DOS SECRETARIOS MUNICIPAIS DE CERRITO O REAJUSTE DE 3,75% A TITULO DE REVISÃO GERAL ANUAL</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1200/lei_1361.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1200/lei_1361.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS SUBSIDIOS DOS EXERCENTES DE MANDATO ELETIVO DE PREFEITO E VICE PREFEITO DO MUNICIPIO DE CERRITO O REAJUSTE DE 3,75% A TITULO DE REVISÃO GERAL ANUAL</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1201/lei_1362.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1201/lei_1362.pdf</t>
   </si>
   <si>
     <t>ALTERA O VALOR DO VENCIMENTO BASICO DO NIVEL 1 PREVISTO NO ARTIGO 16, INCISO I, DA LEI MUNICIPAL N°651/2009 PLANO DE CARREIRA DO MAGISTERIO PUBLICO DO MUNICIPIO COM REDAÇÃO ALTERADA PELA LEI MUNICIPAL 1344/2018, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1202/lei_1364.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1202/lei_1364.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAR OPERAÇÃO DE CREDITO JUNTO A CAIXA ECONOMICA FEDERAL - PROGRAMA FINISA</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1203/lei_1365.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1203/lei_1365.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CREDITO COM O BANCO DO BRASIL S. A, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1204/lei_1366.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1204/lei_1366.pdf</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1205/lei_1367.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1205/lei_1367.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO AO PODER EXECUTIVO PARA REALIZAR REPASSE FINANCEIRO, MEDIANTE PARCERIA, COM A ASSOCIAÇÃO BENEFICIENTE LAR SÃO FRANCISCO DE ASSIS</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1206/lei_1368.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1206/lei_1368.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER O USO DE ESPAÇO PUBLICO PARA INSTALAÇÃO DE POSTO DE COMBUSTIVEIS NO MUNICIPIO DE CERRITO</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1207/lei_1369.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1207/lei_1369.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI MUNICIPAL N°  1237 DE 20 DE OUTUBRO DE 2017 PPA</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1208/lei_1370.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1208/lei_1370.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL N° 1329 DE 1° DE NOVEMBRO DE 2018 LDO</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1209/lei_1371.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1209/lei_1371.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI MUNICIPAL 1237 DE 20 DE OUTUBRO DE 2017 PPA</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1210/lei_1372.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1210/lei_1372.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEIMUNICIPAL 1329 DE 1° DE NOVEMBRO DE 2018 LDO</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1211/lei_1373.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1211/lei_1373.pdf</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1212/lei_1374.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1212/lei_1374.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI MUNICIPAL N° 1237, DE 20 DE OUTUBRO DE 2017 PPA</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1213/lei_1375.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1213/lei_1375.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL N° 1329, DE 1° DE NOVEMBRO DE 2018 LDO</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1214/lei_1376.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1214/lei_1376.pdf</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1215/lei_1377.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1215/lei_1377.pdf</t>
   </si>
   <si>
     <t>ALTERA O CAPUT E REVOGA OS §§ 1° E 2° DO ARTIGO 41 DA LEI MUNICIPAL 991/2013 QUE DISPÕE SOBRE A POLITICA MUNICIPAL DE PROTEÇÃO AOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, SOBRE O CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, O FUNDO MUNICIPAL DA CRIANÇA E DO ADOLESCENTE, O SISTEMA MUNICIPAL DE ATENDIMENTO SOCIOEDUCATIVO E O CONSELHO TUTELAR</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1216/lei_1378.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1216/lei_1378.pdf</t>
   </si>
   <si>
     <t>ALTERA AS ALIQUOTAS DE CONTRIBUIÇÃO PREVIDENCIARIA DEVIDAS PELO MUNICIPIO AO REGIME PROPRIO DE PREVIDENCIA SOCIAL - RPPS</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1217/lei_1379.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1217/lei_1379.pdf</t>
   </si>
   <si>
     <t>REVOGA O ARTIGO 43 E SUAS ALTERAÇÕES, O ANEXO V DA LEI MUNICIPAL 651/2009, REVOGA OS PARAGRAFOS 1°, 2° E 3° DO ARTIGO 41 DA LEI MUNICIPAL 651/2009 ACRESCENTADOS PELA LEI MUNICIPAL 838/2011 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1218/lei_1380.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1218/lei_1380.pdf</t>
   </si>
   <si>
     <t>CRIA O SISTEMA MUNICIPAL DE ENSINO DE CERRITO</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1219/lei_1381.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1219/lei_1381.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 2° DA LEI MUNICIPAL 1367/2019</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1220/lei_1382.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1220/lei_1382.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A UTILIZAÇÃO DO GALPÃO CRIOULO DO MUNICIPIO DE CERRITO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1221/lei_1383.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1221/lei_1383.pdf</t>
   </si>
   <si>
     <t>FICA CRIADO MAIS UM CARGO DE ENFERMEIRO SAUDE DA FAMILIA NO QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART 3° DA LEI MUNICIPAL 442/2005 COM REDAÇÃO ALTERADA PELA LEI MUNICIPAL 653/2009</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1096/lei_1257.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1096/lei_1257.pdf</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1097/lei_1258.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1097/lei_1258.pdf</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1098/lei_1259.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1098/lei_1259.pdf</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1099/lei_1260.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1099/lei_1260.pdf</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1100/lei_1261.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1100/lei_1261.pdf</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1101/lei_1262.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1101/lei_1262.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE TRANSFERENCIA DE RENDA FAMILIA FELIZ E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1102/lei_1263.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1102/lei_1263.pdf</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1103/lei_1264.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1103/lei_1264.pdf</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1104/lei_1265.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1104/lei_1265.pdf</t>
   </si>
   <si>
     <t>AUTORIZA  A CRIAÇÃO DE MAIS TRES CARGOS DE AGENTE EDUCACIONAL</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1105/lei_1266.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1105/lei_1266.pdf</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1106/lei_1267.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1106/lei_1267.pdf</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1107/lei_1268.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1107/lei_1268.pdf</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1108/lei_1269.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1108/lei_1269.pdf</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1109/lei_1270.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1109/lei_1270.pdf</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1110/lei_1271.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1110/lei_1271.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL 1242/2017 DE 31 DE OUTUBRO DE 2017 LDO 2018</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1111/lei_1272.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1111/lei_1272.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ISENÇÃO DE DESPESA DE INSCRIÇÃO EM CONCURSOS PUBLICOS MUNICIPAIS A PESSOAS DOADORAS DE SANGUE, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1112/lei_1273.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1112/lei_1273.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL 304/2001 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1113/lei_1274.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1113/lei_1274.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO AO PODER EXECUTIVO PARA ADITAR O CONVENIO FIRMADO ATRAVES DA LEI MUNICIPAL 1236/2017, QUE PREVE REPASSE FINANCEIRO A SANTA CASA DE PEDRO OSORIO/RS</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1114/lei_1275.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1114/lei_1275.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O INDICE PARA A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES, PROVENTOS DOS APOSENTADOS E DAS PENSÕES DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1115/lei_1276.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1115/lei_1276.pdf</t>
   </si>
   <si>
     <t>FICAM RECLASSIFICADOS OS PADRÕES DE VENCIMENTOS BASICOS CONSTANTES NO ARTIGO 3° DA LEI MUNICIPAL 442/2005 E FICA ALTERADO O ARTIGO 24 INCISO I DA MESMA LEI E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1116/lei_1277.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1116/lei_1277.pdf</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1117/lei_1278.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1117/lei_1278.pdf</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1118/lei_1279.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1118/lei_1279.pdf</t>
   </si>
   <si>
     <t>FICA REVOGADO O ARTIGO 154 E SEUS PARAGRAFOS 1°, 2° E 3° DA LEI MUNICIPAL 173/99</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1119/lei_1280.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1119/lei_1280.pdf</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1120/lei_1281.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1120/lei_1281.pdf</t>
   </si>
   <si>
     <t>INSTITUI GRATIFICAÇÃO ADICIONAL AOS MOTORISTAS DESIGNADOS PARA DESEMPENHAR SUAS FUNÇÕES JUNTO AO SERVIÇO DE TRANSPORTE ESCOLAR MUNICIPAL</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1121/lei_1282.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1121/lei_1282.pdf</t>
   </si>
   <si>
     <t>SUBSTITUI A TABELA DA LEI MUNICIPAL 1254/2017 QUE ESTABELECE O VALOR VENAL DOS IMOVEIS PARA O EXERCICIO DE 2018</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1122/lei_1283.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1122/lei_1283.pdf</t>
   </si>
   <si>
     <t>REVOGA O ARTIGO 5° DA LEI MUNICIPAL 990/2013 E ACRESCE O ARTIGO 5°A E PARAGRAFO UNICO A MESMA LEI</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1123/lei_1284.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1123/lei_1284.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS VENCIMENTOS DOS SERVIDORES ATIVOS, INATIVOS E PENSIONISTAS DA CAMARA MUNICIPAL, O REAJUSTE DE 2,95% A TITULO DE REVISÃO GERAL ANUAL</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1124/lei_1285.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1124/lei_1285.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS SUBSIDIOS DOS VEREADORES DA CAMARA MUNICIPAL, O REAJUSTE DE 2,95% A TITULO DE REVISÃO GERAL ANUAL</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1125/lei_1286.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1125/lei_1286.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS VENCIMENTOS DOS SECRETARIOS MUNICIPAIS DE CERRITO O REAJUSTE DE 2,95% A TITULO DE REVISÃO GERAL ANUAL</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1126/lei_1287.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1126/lei_1287.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS SUBSIDIOS DOS EXERCENTES DE MANDATO ELETIVO DE PREFEITO E VICE PREFEITO DO MUNICIPIO DE CERRITO O REAJUSTE DE 2,95% A TITULO DE REVISÃO GERAL ANUAL</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1127/lei_1288.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1127/lei_1288.pdf</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1128/lei_1289.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1128/lei_1289.pdf</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1129/lei_1290.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1129/lei_1290.pdf</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1130/lei_1291.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1130/lei_1291.pdf</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1131/lei_1292.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1131/lei_1292.pdf</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1132/lei_1293.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1132/lei_1293.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI MUNICIPAL 1237, DE 20 DE OUTUBRO DE 2017 PPA2018/2021</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1133/lei_1294.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1133/lei_1294.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL 1242, DE 28 DE NOVEMBRO DE 2017 LDO 2018</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1134/lei_1295.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1134/lei_1295.pdf</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1135/lei_1296.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1135/lei_1296.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI MUNICIPAL 1237 DE 20 DE OUTUBRO DE 2017 PPA 2018/2021</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1136/lei_1297.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1136/lei_1297.pdf</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1137/lei_1298.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1137/lei_1298.pdf</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1138/lei_1299.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1138/lei_1299.pdf</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1139/lei_1300.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1139/lei_1300.pdf</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1140/lei_1301.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1140/lei_1301.pdf</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1141/lei_1302.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1141/lei_1302.pdf</t>
   </si>
   <si>
     <t>ALTERA OS REQUISITOS PARA O PROVIMENTO DO CARGO DE ELETRICISTA DO ANEXO I DA LEI MUNICIPAL N° 442/2005</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1142/lei_1303.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1142/lei_1303.pdf</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1143/lei_1304.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1143/lei_1304.pdf</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 238 E 239 DA LEI MUNICIPAL N° 308/2001 - REGIME JURIDICO DOS SERVIDORES PUBLICOS MUNICIPAIS</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1145/lei_1306.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1145/lei_1306.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 147, INCISO XIII, 149 E 156, CAPUT E PARAGRAFO UNICO, DA LEI MUNICIPAL N° 308/2001 - REGIME JURIDICO DOS SERVIDORES PUBLICOS MUNICIPAIS</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1146/lei_1307.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1146/lei_1307.pdf</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1147/lei_1308.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1147/lei_1308.pdf</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1148/lei_1309.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1148/lei_1309.pdf</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1149/lei_1310.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1149/lei_1310.pdf</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1150/lei_1311.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1150/lei_1311.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO SALARIAL AOS AGENTES COMUNITARIOS DE SAUDE DO MUNICIPIO, VINCULADOS A EQUIPE DA ESTRATEGIA SAUDE DA FAMILIA - ESF E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1151/lei_1312.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1151/lei_1312.pdf</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1152/lei_1313.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1152/lei_1313.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CONCESSÃO DE VALE ALIMENTAÇÃO AOS SERVIDORES DO PODER LEGISLATIVO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1153/lei_1314.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1153/lei_1314.pdf</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1154/lei_1315.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1154/lei_1315.pdf</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1155/lei_1316.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1155/lei_1316.pdf</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1156/lei_1317.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1156/lei_1317.pdf</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1157/lei_1318.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1157/lei_1318.pdf</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1158/lei_1319.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1158/lei_1319.pdf</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1159/lei_1320.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1159/lei_1320.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORARIA DE EXCEPCIONAL INTERESSE PUBLICO.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1160/lei_1321.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1160/lei_1321.pdf</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1161/lei_1322.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1161/lei_1322.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RESERVA DE UM PERCENTUAL DOS CARGOS E EMPREGOS PUBLICOS  PUBLICOS MUNICIPAIS PARA AS PESSOAS PORTADORAS DE DEFICIENCIA, NOS TERMOS DO ARTIGO 37, INCISO VIII, DA CONSTITUIÇÃO DA REPUBLICA, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1162/lei_1323.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1162/lei_1323.pdf</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1163/lei_1324.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1163/lei_1324.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 1° DA LEI MUNICIPAL N° 1307/2018 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1164/lei_1325.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1164/lei_1325.pdf</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1167/lei_1326.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1167/lei_1326.pdf</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1168/lei_1327.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1168/lei_1327.pdf</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1169/lei_1328.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1169/lei_1328.pdf</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1170/lei_1330.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1170/lei_1330.pdf</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1171/lei_1331.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1171/lei_1331.pdf</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1172/lei_1332.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1172/lei_1332.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO DO VALOR VENAL DOS IMOVEIS EM 10,79% PARA O EXERCICIO DE 2019.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1173/lei_1333.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1173/lei_1333.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO DO VALOR DE REFERENCIA MUNICIPAL - VRM, 10,79% PARA O EXERCICIO DE 2019</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1174/lei_1334.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1174/lei_1334.pdf</t>
   </si>
   <si>
     <t>CONCEDE DESCONTO PARA PAGAMENTO EM PARCELA UNICA DO IMPOSTO PREDIAL E TERRITORIAL URBANO, IPTU, REFERENTE AO ANO DE 2019</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1175/lei_1335.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1175/lei_1335.pdf</t>
   </si>
   <si>
     <t>CONCEDE ANISTIA DA MULTA E REMISSÃO DE JUROS DE DEBITOS TRIBUTARIOS, MEDIANTE PAGAMENTO NOS PRAZOS QUE INDICA E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1176/lei_1336.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1176/lei_1336.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL N° 1329 DE 1° DE NOVEMBRO DE 2018-LDO</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1177/lei_1337.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1177/lei_1337.pdf</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1178/lei_1338.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1178/lei_1338.pdf</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1179/lei_1339.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1179/lei_1339.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 156, CAPÚT, DA LEI MUNICIPAL N° 308, DE 27 DE DEZEMBRO DE 2001 - REGIME JURIDICO DOS SERVIDORES PUBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1180/lei_1340.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1180/lei_1340.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DE CERRITO A FIRMAR CONTRATO COM O INSTITUTO DE PREVIDENCIA DO ESTADO DO RIO GRANDE DO SUL - IPERGS, PARA A PRESTAÇÃO DE SERVIÇOS DE ASSISTENCIA MEDICO-HOSPITALAR E LABORAL, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1181/lei_1342.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1181/lei_1342.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CONSELHO DE ALIMENTAÇÃO ESCOLAR DO MUNICIPIO DE CERRITO/RS, INSTITUIDO PELA LEI MUNICIPAL N° 039/97 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1182/lei_1343.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1182/lei_1343.pdf</t>
   </si>
   <si>
     <t>REESTRUTURA O REGIME PROPRIO DE PREVIDENCIA SOCIAL DO MUNICIPIO DE CERRITO - RPPS, DE QUE TRATA O ARTIGO 40 DA CONSTITUIÇÃO DA REPUBLICA, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1183/lei_1344.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1183/lei_1344.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ARTIGO 6°, § 2°, ARTIGO 11, §1°, ARTIGO 16, INCISOS I, II, III, IV E V, E ARTIGO 21, INCISOS I E II DA LEI MUNICIPAL N° 651/2009 - PLANO DE CARREIRA DO MAGISTERIO PUBLICO DO MUNICIPIO, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1184/lei_1345.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1184/lei_1345.pdf</t>
   </si>
   <si>
     <t>CONCEDE VALE ALIMENTAÇÃO COMPLEMENTAR AOS SERVIDORES MUNICIPAIS ATIVOS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1022/lei_1182.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1022/lei_1182.pdf</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1023/lei_1183.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1023/lei_1183.pdf</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1024/lei_1184.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1024/lei_1184.pdf</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1025/lei_1185.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1025/lei_1185.pdf</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1026/lei_1186.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1026/lei_1186.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORARIA DE CARATER EMERGENCIAL DE AGENTES EDUCACIONAIS DO PROCESSO SELETIVO</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1027/lei_1187.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1027/lei_1187.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART 1° DA LEI MUNICIPAL 837/2011</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1028/lei_1188.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1028/lei_1188.pdf</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1029/lei_1189.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1029/lei_1189.pdf</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1030/lei_1190.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1030/lei_1190.pdf</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1031/lei_1191.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1031/lei_1191.pdf</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1032/lei_1192.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1032/lei_1192.pdf</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1033/lei_1193.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1033/lei_1193.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL 1169/2016 DE 29 DE SETEMBRO DE 2016 LDO 2017</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1034/lei_1194.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1034/lei_1194.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA NA ESFERA MUNICIPAL OS DISPOSITIVOS REFERENTES AO ABANDONO PREVISTO NOS ARTIGOS 1.275 E 1.276 DO CODIGO CIVIL BRASILEIRO</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1035/lei_1195.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1035/lei_1195.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORARIA EM CARATER EMERGENCIAL DE EXCPCIONAL INTERESSE PUBLICO</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1036/lei_1196.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1036/lei_1196.pdf</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1037/lei_1197.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1037/lei_1197.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART 3° DA LEI MUNICIPAL 842/2011 QUE TRATA DO CONSELHO MUNICIPAL DO MEIO AMBIENTE DO MUNICIPIO DE CERRITO CMMA</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1038/lei_1198.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1038/lei_1198.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVENIO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1039/lei_1199.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1039/lei_1199.pdf</t>
   </si>
   <si>
     <t>REVOGA O ART  3° DA LEI MUNICIPAL 693/2010</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1040/lei_1200.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1040/lei_1200.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 160 CAPUT, 161, 164, 165, 166, 167 CAPUT E 170 DA LEI MUNICIPAL 308/2001 DE 27 DE DEZEMBRO DE 2001</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1041/lei_1201.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1041/lei_1201.pdf</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1042/lei_1202.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1042/lei_1202.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL ART 37, X DA CF - AOS VENCIMENOS DOS SERVIDORES OS PROVENTOS E AS PENSÕES DOS APOSENTADOS E PENSIONISTAS DO PODER EXECUTIVO BEM COMO CONCEDE AUMENTO EAL OS VENCIMENTOS DOS SERVIDORES, AOS PROVENTOS E AS PENSÕES DOS APOSENTADOS E PENSIONISTAS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1043/lei_1203.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1043/lei_1203.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SERVIÇO VOLUNTARIO NO MUNICIPIO DE CERRITO/RS</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1044/lei_1204.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1044/lei_1204.pdf</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1045/lei_1205.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1045/lei_1205.pdf</t>
   </si>
   <si>
     <t>RETIFICA O ART 1° DA LEI MUNICIPAL 1201/2017</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1046/lei_1206.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1046/lei_1206.pdf</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1047/lei_1207.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1047/lei_1207.pdf</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1048/lei_1208.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1048/lei_1208.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ESTAGIO DE ESTUDANTES EM ÓRGÃOS DA ADMINISTRAÇÃO PUBLICA</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1049/lei_1209.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1049/lei_1209.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA D CREDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1050/lei_1210.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1050/lei_1210.pdf</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1051/lei_1211.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1051/lei_1211.pdf</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1052/lei_1212.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1052/lei_1212.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE FISIOTERAPEUTA</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1053/lei_1213.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1053/lei_1213.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO VENCIMENTOS DOS SERVIDORES ATIVOS INATIVOS E PENSIONISTAS DA CAMARA MUNICIPAL O REAJUSTE DE 6,58% A TITULO DE REVISÃO GERAL ANUAL</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1054/lei_1214.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1054/lei_1214.pdf</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1055/lei_1215.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1055/lei_1215.pdf</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1056/lei_1216.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1056/lei_1216.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART 2° DA LEI MUNICIPAL 791/2011</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1057/lei_1217.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1057/lei_1217.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART 2° CAPUT PARAGRAFO 1° E 3/ E O ART 3° DA LEI MUNICIPAL 1079/2014 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1058/lei_1218.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1058/lei_1218.pdf</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1059/lei_1219.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1059/lei_1219.pdf</t>
   </si>
   <si>
     <t>ALTERA PARCIALMENTE O PLANO DE CLASSIFIAÇÃO DE CRGOS E FUNÇÕES E O RESPECTIVO PALNO DE PAGAMENTO DA CAMARA MUNICIPAL DE VEREADORES DE CERRITO, INSTITUIDOS PELO DECRETO LEGISLATIVO 009/97 E POSTRIORMENTE ALTERADO, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1060/lei_1220.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1060/lei_1220.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL 1149/2016 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1061/lei_1221.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1061/lei_1221.pdf</t>
   </si>
   <si>
     <t>APROVA O PALNO DE GESTÃO INTEGRADA D RESIDUOS SOLIDOS DO MUNICIPIO</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1062/lei_1222.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1062/lei_1222.pdf</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1063/lei_1223.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1063/lei_1223.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CAMARA MUNICIPAL DE VEREADORES DE CERRITO A REALIZAR EVENTO DENOMINADO VEREADOR POR UM DIA DESTINADO AOS ALUNOS DO ENSINO MEDIO DO MUNICIPIO</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1064/lei_1224.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1064/lei_1224.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A CELEBRAR CONVENIO COM OUTROS MUNICIPIOS DA REGIÃO E A ZONASUL, PARA ELABORAÇÃO DE PLANOS MUNICIPAIS DE SANEAMENTO BASICO EM REGIME DE COOPERAÇÃO TECNICA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1065/lei_1225.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1065/lei_1225.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ART 39, PARAGRAFO 1° E 54, INCISO III AMBOS DA LEI MUNICIPAL 991/2013</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1066/lei_1227.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1066/lei_1227.pdf</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1067/lei_1227.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1067/lei_1227.pdf</t>
   </si>
   <si>
     <t>APROVA O CALENDARIO DE EVENTOS DO MUNICIPIO DE CERRITO</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1068/lei_1228.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1068/lei_1228.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA A CONCESSÃO DO ALVARA DE LOCALIZAÇÃO PROVISORI PARA O FUNCIONAMENTO E INSTALAÇÃO DE ATIVIDADES ECONOMICAS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1069/lei_1229.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1069/lei_1229.pdf</t>
   </si>
   <si>
     <t>FIXA O PERIMETRO FISICO DE RESTRIÇÃO DE OCUPAÇÃO EM TORNO DA IMAGEM DE IEMANJA LOCALIZADA JUNTO AO CAMPING MUNICIPAL DE CERRITO</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1070/lei_1230.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1070/lei_1230.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPL 1179/2016QUE ESTABELECE NORMA PARA A EXPLORAÇÃO DO SERVIÇO PUBLICO DE TRANSPORTE INDIVIDUAL POR TAXI NO MUNICIPIO DE CERIO/RS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1071/lei_1231.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1071/lei_1231.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTS 12 E 13 D LEI MUNICIPAL 646/2009</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1072/lei_1232.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1072/lei_1232.pdf</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1073/lei_1233.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1073/lei_1233.pdf</t>
   </si>
   <si>
     <t>ALTERA AS ATRIBUIÇOES DO CRGO DE ENENHEIRO CIVIL CONSTANTES DO ANEXO I DA LEI 442/2005</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1074/lei_1234.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1074/lei_1234.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO CAPITULO II DO TITULO II DO CODIGO TRBUTARIO MUNICIPAL, ESTABELECIDO PELA LEI 173/99, SUBSTITUI O ANEXO 1A PELO ANEXO I  E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1075/lei_1235.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1075/lei_1235.pdf</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1076/lei_1236.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1076/lei_1236.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO AO PODER EXECUTIVO PARA REALIZAR CONVENIO COM A SANTA CASA DE MISERICORDIA DE PEDRO OSORIO</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1077/lei_1238.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1077/lei_1238.pdf</t>
   </si>
   <si>
     <t>ALTERA AS ALIQUOTAS DE CONTRIBUIÇÃO PREVIDENCIARIA DEVIDAS PELO MUNICIPIO AO REGIME PROPRIO DE PREVIDENCIA SOCIAL RPPS</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1078/lei_1239.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1078/lei_1239.pdf</t>
   </si>
   <si>
     <t>ALTERA PARCIALMENTE O PLANO DE CLASSIFICAÇÃO DE CARGOS E FUNÇÕES E O RESPECTIVO PLANO DE PAGAMENTO DA CAMARA MUNICIPAL DE VEREADORES DE CERRITO, INSTITUIDOS PELO DECRETO LAGISLATIVO 009/97 E POSTERIORMENTE ALTERADO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1079/lei_1239.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1079/lei_1239.pdf</t>
   </si>
   <si>
     <t>ALTERA PARCIALMENTE O PLANO DE CLASSIFICAÇÃO DE CARGOS E FUNÇÕES E O RESPECTIVO PLANO DE PAGAMENTO DA CAMARA DE VEREADORES DE CERRITO, INSTITUIDOS PELO DECRETO LEGISLATIVO 009/97, E POSTERIORMENTE ALTERADO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1080/lei_1240.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1080/lei_1240.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICIPIO DE CERRITO/RS A RECEBER BEM IMOVEL TRNSFERIDO PELO PODER PUBLICO MUNICIPAL DE PEDRO OSORIO/RS</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1081/lei_1241.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1081/lei_1241.pdf</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1082/lei_1243.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1082/lei_1243.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ALINEAR BENS MOVEIS INSERVIVEIS DE SUA PROPRIEDADE E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1083/lei_1244.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1083/lei_1244.pdf</t>
   </si>
   <si>
     <t>CONCEDE ISENÇÃO DE TAXAS DE LICENCIAMENTO AMBIENTAL AOS PRODUTORES RURAIS CONTEMPLADOS NO PROGRAMA ESTADUAL DE APOIO E AMPLIAÇÃO DE INFRAESTRUTURA RURAL</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1084/lei_1245.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1084/lei_1245.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE TECNICO EM SEGURANÇA DO TRABALHO</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1085/lei_1246.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1085/lei_1246.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE TECNICO EM INFORMATICA</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1086/lei_1247.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1086/lei_1247.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE BIOLOGO</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1087/lei_1248.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1087/lei_1248.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDARIO DE EVENTOS NO MUNICIPIO DE CERRITO, LEI 1227/2017, O DIA MUNICIPAL DE DOAÇÃO DE ÓRGÃOS</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1088/lei_1249.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1088/lei_1249.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PRORROGAÇÃO DE CONTRATO  TEMPORARIO COM BASE NA GARANTIA DO DIREITO A ESTABILIDADE DE QUE TRATA O ART 10, II, B DO ATO DAS DISPOSIÇÕES CONSTITUCIONAIS TRANSITORIAS ADCT</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1089/lei_1250.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1089/lei_1250.pdf</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1090/lei_1251.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1090/lei_1251.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INCLUIR NA TABELA ANEXA A LEI MUNICIPAL 1243/2017 QUE AUTORIZA A ALIENAÇÃO DE BENS INSERVIVEIS DE SUA PROPRIEDADE UM CAMINHÃO CAÇAMBA</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1091/lei_1252.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1091/lei_1252.pdf</t>
   </si>
   <si>
     <t>CRIA NO MUNICIPIO DE CERRITO, OS PREMIOS - ALUNO NOTA DEZ E ESCOLA NOTA DEZ-, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1092/lei_1253.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1092/lei_1253.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE CERRITO PARA O EXERCICIO FINANCEIRO DE 2018</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1093/lei_1254.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1093/lei_1254.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO DO VALOR VENAL DOS IMOVEIS EM 5,70% PARA O EXERCICIO DE 2018</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1094/lei_1255.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1094/lei_1255.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL 905/2012 QUE DISPÕE SOBRE O LICENCIAMENTO AMBIENTAL NO MUNICIPIO DE CERRITO E QUE INSTITUI A TAXA DE LICENCIAMENTO AMBIENTAL E FLORESTAL, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1095/lei_1256.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1095/lei_1256.pdf</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/973/lei_1130.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/973/lei_1130.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE 10,67% PARA A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES, DOS PROVENTOS DOS APOSENTADOS E DAS PENSÕES DO PODER EXECUTIVO E 1% DE GANHO REAL AOS VENCIMENTOS DOS SERVIDORES DE CARGOS EFETIVOS, DOS PROVENTOS DOS APOSENTADOS  E DAS PENSÕES DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/974/lei_1131.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/974/lei_1131.pdf</t>
   </si>
   <si>
     <t>ALTERA VALOR DO VALE ALIMENTAÇÃO, O QUAL PASSA PARA R$ 220,00</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/975/lei_1132.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/975/lei_1132.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMA DE TRANSPARENCIA NAS LOCAÇÕES DE IMOVEIS PELO MUNICIPIO</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/976/lei_1133.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/976/lei_1133.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARAGRAFO UNICO AO ARTIGO 7° DA LEI 652/2009</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/977/lei_1134.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/977/lei_1134.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS SUBSIDIOS DOS EXERCENTES DO MANDATO ELETIVO DE PREFEITO  E VICE PREFEITO DO MUNICIPIO DE CERRITO, O REAJUSTE DE 10,67% A TITULO DE REVISÃO GERAL ANUAL</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/978/lei_1135.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/978/lei_1135.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS VENCIMENTOS DOS SECRETARIOS MUNICIPAIS DE CERRITO O REAJUSTE DE 10,67% A TITULO DE REVISÃO GERAL ANUAL</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/979/lei_1136.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/979/lei_1136.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS VENCIMENTOS DOS SERVIDORES ATIVOS INATIVOS E PENSIONISTAS DA CAMARA MUNICIPAL O REAJUSTE DE 10,67% A TITULO DE REVISÃO GERAL ANUAL</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/980/lei_1137.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/980/lei_1137.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS SUBSIDIOS DOS VEREADORES DA CAMARA MUNICIPAL DE VEREADORES DE CERRITO O REAJUSTE DE 10,67% A TITULO DE REVISÃO GERAL ANUAL</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/981/lei_1138.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/981/lei_1138.pdf</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/982/lei_1139.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/982/lei_1139.pdf</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/983/lei_1140.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/983/lei_1140.pdf</t>
   </si>
   <si>
     <t>INCLUI INCISO V AO ARTIGO 50 DA LEI MUNICIPAL 991/2013, ASSEGURANDO VALE ALIMENTAÇÃO AOS CONSELHEIROS TUTELARES DE CERRITO/RS</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/984/lei_1141.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/984/lei_1141.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO SALARIAL AOS AGENTES COMUNITARIOS DE SAUDE DO MUNICIPIO  E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/985/lei_1142.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/985/lei_1142.pdf</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/986/lei_1143.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/986/lei_1143.pdf</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/987/lei_1144.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/987/lei_1144.pdf</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/988/lei_1145.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/988/lei_1145.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL 1122/2015 DE 24 DE NOVEMBRO DE 2015 LDO 2016</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/989/lei_1146.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/989/lei_1146.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI 1104/2015, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/990/lei_1147.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/990/lei_1147.pdf</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/991/lei_1148.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/991/lei_1148.pdf</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/992/lei_1149.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/992/lei_1149.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO DE VIGILANCIA ARMADA 24 HORAS, NAS AGENCIAS BANCARIAS PUBLICAS E PRIVADAS E NAS COOPERATIVAS DE CREDITO DO MUNICIPIO DE CERRITO, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/993/lei_1150.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/993/lei_1150.pdf</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/994/lei_1151.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/994/lei_1151.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSIDIOS DOS VEREADORES E DO PREISDENTE DA CAMARA MUNICIPAL DE VEREADORES DE CERRITO, PARA O PERIODO COMPREENDIDO ENTRE OS ANOS DE 2017 A 2020 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/995/lei_1152.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/995/lei_1152.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSIDIOS DOS SECRETARIOS MUNICIPAIS, PARA O PERIDOD COMPREENDIDO ENTRE OS ANOS DE 2017 A 2020 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/996/lei_1153.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/996/lei_1153.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSIDIOS DO PREFEITO E DO VICE PREFEITO DO MUNICIPIO DE CERRITO, PARA O PERIODO COMPREENDIDO ENTRE OS ANOS DE 2017 A 2020, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/997/lei_1154.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/997/lei_1154.pdf</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/998/lei_1155.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/998/lei_1155.pdf</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/999/lei_1156.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/999/lei_1156.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI MUNICIPAL 998/2013 DE 30 DE OUTUBRO DE 2013 PPA 2014/2017</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1000/lei_1157.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1000/lei_1157.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CONTROLE POPULACIONAL DE CÃES E GATOS NO MUNICIPIO DE CERRITO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1001/lei_1158.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1001/lei_1158.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 3° CAPUT  DA LEI 009/97 DE 14 DE FEVEREIRO DE 1997, QUE CRIA O FUNDO MUNICIPAL DE ASSITENCIA SOCIAL  E REVOGA O ART 1° DA LEI 081/98</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1002/lei_1159.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1002/lei_1159.pdf</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1003/lei_1160.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1003/lei_1160.pdf</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1004/lei_1161.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1004/lei_1161.pdf</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1005/lei_1162.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1005/lei_1162.pdf</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1006/lei_1163.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1006/lei_1163.pdf</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1007/lei_1164.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1007/lei_1164.pdf</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1008/lei_1165.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1008/lei_1165.pdf</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1009/lei_1166.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1009/lei_1166.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL NO ORÇAMENTO VIGENTE</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1010/lei_1167.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1010/lei_1167.pdf</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1011/lei_1170.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1011/lei_1170.pdf</t>
   </si>
   <si>
     <t>ESTABELECE OS CASOS DE REINCIDENCIA E A RESPECTIVA MULTA A SER APLICADA AS SITUAÇÕES PREVISTAS NA LEI MUNICIPAL 1114/2015, QUE DETERMINA A INSTALAÇÃO DE SISTEMA DE MONITORAMENTO POR CAMERAS DE VIDEO EXTERNAS, NAS ENTRADAS E SAIDAS DE ESTABELECIMENTOS BANCARIOS E INSTITUIÇÕES FINANCEIRAS, NO AMBITO DO MUNICIPIO DE CERRITO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1012/lei_1171.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1012/lei_1171.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR PREÇO DE PASSAGEM ESCOLAR NO MUNICIPIO DE CERRITO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1013/lei_1172.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1013/lei_1172.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICIPIO DE CERRITO/RS, A CONTRIBUIÇÃO PARA CUSTEIO DA ILUMINAÇÃO PUBLICA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1014/lei_1173.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1014/lei_1173.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO PARA A VRM EM 10,68% PARA O EXERCICIO DE 2017 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1015/lei_1174.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1015/lei_1174.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO DO VALOR VENAL EM 12,00% PARA O EXERCICIO DE 2017 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1016/lei_1175.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1016/lei_1175.pdf</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1017/lei_1176.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1017/lei_1176.pdf</t>
   </si>
   <si>
     <t>ALTERA AS ALIQUOTAS DE CONSTRIBUIÇÃO PREVIDENCIARIA DEVIDAS PELO MUNICIPIO AO REGIME PROPRIO DE PREVIDENCIA SOCIAL - RPPS</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1018/lei_1177.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1018/lei_1177.pdf</t>
   </si>
   <si>
     <t>CRIA A SECRETARIA DE PLANEJAMENTO E GESTÃO E O CARGO DE SECRETARIO DE PLANEJAMENTO E GESTÃO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1019/lei_1178.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1019/lei_1178.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO E ADEQUAÇÃO AO ART 1° DA LEI 652/2009 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1020/lei_1179.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1020/lei_1179.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS PARA A EXPLORAÇÃO DO SERVIÇO PUBLICO DE TRANSPORTE INDIVIDUAL POR TAXI NO MUNICIPIO DE CERRITO/RS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1021/lei_1181.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1021/lei_1181.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CEDER ONEROSAMENTE OS SERVIÇOS RELACIONADOS A FOLHA DE PAGAMENTO DOS SERVIDORES PUBLICOS MUNICIPAIS E O USO DE ESPAÇOS PUBLICOS PARA ATENDIMENTO DE CLIENTES AO BANCO DO ESTADO DO RIO GRANDE DO SUL S.A - BANRISUL</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/927/lei_1083.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/927/lei_1083.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DO VALOR DO VALE ALIMENTAÇÃO PARA R$ 200,00</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/928/lei_1084.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/928/lei_1084.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE 6,41% PARA A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES, DOS PROVENTOS DOS APOSENTADOS E DAS PENSÕES DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/929/lei_1085.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/929/lei_1085.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORARIA DE CARATER EMERGENCIAL DE EXCEPCIONAL INTERESSE PUBLICO</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/930/lei_1086.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/930/lei_1086.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS EXERCENTES DE MANDATO ELETIVO DE PREFEITO E VICE PREFEITO A REVISÃO GERAL ANUAL DE 6,41%</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/931/lei_1087.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/931/lei_1087.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS SECRETARIOS MUNICIPAIS A REVISÃO GERAL ANUAL DE 6,41%</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/932/lei_1088.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/932/lei_1088.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS SERVIDORES ATIVOS INATIVOS E PENSIONISTAS DA CAMARA MUNICIPAL A REVISÃO GERAL ANUAL NO PERCENTUAL DE 6,41%</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/933/lei_1089.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/933/lei_1089.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS VEREADORES DA CAMARA MUNICIPAL DE CERRITO A REVISÃO GERAL ANUAL DE 6,41%</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/934/lei_1090.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/934/lei_1090.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO SALARIAL AOS AGENTES COMUNITARIOS DE SAUDE DO MUNICIPIO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/935/lei_1091.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/935/lei_1091.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO ALTERAR O REPASSE DE RECURSOS FINANCEIROS PARA A ASSOCIAÇÃO DOS ESTUDANTES DE CERRITO E PEDRO OSORIO ASCEPO</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/936/lei_1092.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/936/lei_1092.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE JETON AOS SERVIDORES MUNICIPAIS DESIGNADOS COMO MEMBROS DO CONSELHO MUNICIPAL DO REGIME PROPRIO DA PREVIDENCIA E COMITE DE INVESTIMENTOS</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/937/lei_1093.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/937/lei_1093.pdf</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/938/lei_1094.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/938/lei_1094.pdf</t>
   </si>
   <si>
     <t>AUMENTA O VALOR DO REPASSE FINANCEIRO PREVISTO NO ART 2° DA LEI MUNICIPAL 1014/2013</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/939/lei_1095.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/939/lei_1095.pdf</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/940/lei_1096.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/940/lei_1096.pdf</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/941/lei_1097.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/941/lei_1097.pdf</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/942/lei_1098.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/942/lei_1098.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL 1065/2014 DE 30 DE OUTUBRO DE 2014 LDO 2015</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/943/lei_1099.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/943/lei_1099.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI MUNICIPAL 998/2013 DE 30 OUTUBRO DE 2013 PPA2014/2017</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/944/lei_1100.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/944/lei_1100.pdf</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/945/lei_1101.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/945/lei_1101.pdf</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/946/lei_1102.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/946/lei_1102.pdf</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/947/lei_1103.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/947/lei_1103.pdf</t>
   </si>
   <si>
     <t>ESTABELECE MULTAS E SANÇÕES ADMINISTRATIVAS PARA MAUS-TRATOS E CRUELDADE CONTRA ANIMAIS, NO AMBITO DO MUNICIPIO DE CERRITO, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/948/lei_1104.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/948/lei_1104.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO IX DO ART 54 DA LEI MUNICIPAL 991/2013</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/949/lei_1105.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/949/lei_1105.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO V E PARAGRAFO 2° DO ART 42 DA LEI MUNICIPAL 991/2013</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/950/lei_1106.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/950/lei_1106.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CREDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/951/lei_1107.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/951/lei_1107.pdf</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/952/lei_1108.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/952/lei_1108.pdf</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/953/lei_1109.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/953/lei_1109.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE BOLSISTAS VISITADORES PARA ATENDEREM AO PROGRAMA PRIMEIRA INFANCIA MELHOR PIM, E DA OUTRAS PROVIDENDIAS</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/954/lei_1110.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/954/lei_1110.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO MUNICIPAL DE EDUCAÇÃO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/955/lei_1111.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/955/lei_1111.pdf</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/956/lei_1112.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/956/lei_1112.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL 1103/2015 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/957/lei_1113.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/957/lei_1113.pdf</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/958/lei_1114.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/958/lei_1114.pdf</t>
   </si>
   <si>
     <t>DETERMINA A INSTALAÇÃO DE SISTEMA DE MONITORAMENTO POR CAMERAS DE VIDEO EXTERNAS NAS ENTRADAS E SAIDAS DE ESTABELECIMENTOS BANCARIOS E INSTITUIÇÕES FINANCEIRAS NO AMBITO DO MUNICIPIO DE CERRITO, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/959/lei_1115.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/959/lei_1115.pdf</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/960/lei_1116.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/960/lei_1116.pdf</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/961/lei_1117.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/961/lei_1117.pdf</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/962/lei_1118.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/962/lei_1118.pdf</t>
   </si>
   <si>
     <t>DA NOME AO CEMITERIO MUNICIPAL LOCALIZADO NA VILA FREIRE 3° DISTRITO DO MUNICIPIO DE CERRITO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/963/lei_1119.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/963/lei_1119.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARAGRAFO 2° DO ARTIGO 2° E O ARTIGO 4° AMBOS DA LEI MUNICIPAL 1109/2015</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/964/lei_1120.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/964/lei_1120.pdf</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/965/lei_1121.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/965/lei_1121.pdf</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/966/lei_1123.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/966/lei_1123.pdf</t>
   </si>
   <si>
     <t>ALTERA O PERCENTUAL DE CONTRIBUIÇÃO DO MUNICIPIO CONSTANTE DA LEI 1049/2014</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/967/lei_1124.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/967/lei_1124.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO PARA A VRM EM 10,09% PARA O EXERCICIO DE 2016 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/968/lei_1125.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/968/lei_1125.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE CERRITO PARA O EXERCICIO FINANCEIRO DE 2016</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/969/lei_1126.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/969/lei_1126.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE AGENTE EDUCACIONAL</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/970/lei_1127.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/970/lei_1127.pdf</t>
   </si>
   <si>
     <t>SUBSTITUI O ANEXO I DA LEI MUNICIPAL 173/99 ALTERADO PELO ARTIGO 2° DA LEI MUNICIPAL 381/2003</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/971/lei_1128.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/971/lei_1128.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO I DO ARTIGO 19 DA LEI MUNICIPAL 651/2009</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/972/lei_1129.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/972/lei_1129.pdf</t>
   </si>
   <si>
     <t>ALTERA A PARTE FINAL DO ARTIGO 5° DA LEI 660/2009</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/867/lei_1020.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/867/lei_1020.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE 8,32% PARA A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES, DOS PROVENTOS DOS APOSENTADOS E DAS PENSÕES DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/868/lei_1021.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/868/lei_1021.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DO VALOR DO VALE ALIMENTAÇÃO PARA R$ 180,00</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/869/lei_1022.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/869/lei_1022.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART 115 REGIME JURIDICO DOS SERVIDORES PUBLICOS MUNICIPAIS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/870/lei_1023.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/870/lei_1023.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS EXERCENTES DE MANDATO ELETIVO DE PREFEITO E VICE PREFEITO A REVISÃO GERAL ANUAL DE 5,56%</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/871/lei_1024.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/871/lei_1024.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS SECRETARIOS MUNICIPAIS A REVISÃO GERAL ANUAL DE 5,56%</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/872/lei_1025.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/872/lei_1025.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS VEREADORES DA CAMARA MUNICIPAL DE CERRITO A REVISÃO GERAL ANUAL DE 5,56%</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/873/lei_1026.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/873/lei_1026.pdf</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/874/lei_1027.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/874/lei_1027.pdf</t>
   </si>
   <si>
     <t>AUTORIZA SERVIDOR PUBLICO A CONDUZIR VEICULO PUBLICO DO MUNICIPIO NO EXERCICIO DA FUNÇÃO</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/875/lei_1028.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/875/lei_1028.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS SERVIDORES ATIVOS INATIVOS E PENSIONISTAS DA CAMARA MUNICIPAL A REVISÃO GERAL ANUAL NO PERCENTUAL DE 5,56%</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/876/lei_1029.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/876/lei_1029.pdf</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/877/lei_1030.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/877/lei_1030.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART 3° DA LEI MUNICIPAL 1024/2014 QUE CONCEDEU AOS SECRETARIOS MUNICIPAIS A REVISÃO GERAL ANUAL DE 5,56%</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/878/lei_1031.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/878/lei_1031.pdf</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/879/lei_1032.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/879/lei_1032.pdf</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/880/lei_1033.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/880/lei_1033.pdf</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/881/lei_1034.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/881/lei_1034.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO I DA LEI MUNICIPAL 998/2013  DE 30 DE OUTUBRO DE 2013 PPA</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/882/lei_1035.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/882/lei_1035.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL 1007/2013 DE 19 DE NOVEMBRO DE 2013 LDO 2014</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/883/lei_1037.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/883/lei_1037.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR CONVENIO E A  REPASSAR RECURSOS FINANCEIROS PARA A ASSOCIAÇÃO DOS ESTUDANTES  DE CERRITO E PEDRO OSORIO ASECPO</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/884/lei_1038.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/884/lei_1038.pdf</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/885/lei_1039.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/885/lei_1039.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA TRES CARGOS DE TECNICO EM ENFERMAGEM NO QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART 3° DA LEI 442/2005, COM A REDAÇÃO ALTERADA PELA LEI 653/2009</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/886/lei_1040.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/886/lei_1040.pdf</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/887/lei_1041.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/887/lei_1041.pdf</t>
   </si>
   <si>
     <t>CRIA O ALVARA DE FUNCIONAMENTO PROVISORIO PARA O FUNCIONAMENTO E INSTALAÇÃO DE ATIVIDADES ECONOMICAS  E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/888/lei_1042.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/888/lei_1042.pdf</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/889/lei_1043.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/889/lei_1043.pdf</t>
   </si>
   <si>
     <t>FIXA O PISO SALARIAL PROFISSIONAL DOAS AGENTES COMUNITARIOS DE SAUDE DO MUNICIPIO DE CERRITO/RS</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/890/lei_1044.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/890/lei_1044.pdf</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/891/lei_1045.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/891/lei_1045.pdf</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/892/lei_1046.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/892/lei_1046.pdf</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/893/lei_1047.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/893/lei_1047.pdf</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/894/lei_1048.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/894/lei_1048.pdf</t>
   </si>
   <si>
     <t>RETIFICA A NOMENCLATURA DA FUNÇÃO CONSTANTE NO QUADRO DO ARTIGO 1° DA LEI MUNICIPAL 1042/2014</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/895/lei_1049.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/895/lei_1049.pdf</t>
   </si>
   <si>
     <t>ALTERA O PERCENTUAL DE CONTRIBUIÇÃO DO MUNICIPIO CONSTANTE DA LEI 978/2013</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/896/lei_1050.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/896/lei_1050.pdf</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/897/lei_1051.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/897/lei_1051.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA INCISO VI AO ARTIGO 82 DA LEI MUNICIPAL 308/2001</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/898/lei_1052.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/898/lei_1052.pdf</t>
   </si>
   <si>
     <t>CRIA GRATIFICAÇÃO PARA OS PROFISSIONAIS LOTADOS NA ESTRATEGIA SAUDE DA FAMILIA ESF</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/899/lei_1053.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/899/lei_1053.pdf</t>
   </si>
   <si>
     <t>INSTITUI GRATIFICAÇÃO ADICIONAL AOS OPERADORES DE MAQUINAS</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/900/lei_1054.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/900/lei_1054.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 3° INCLUI ALINEAS A, B E C REVOGA OS INCISOS I, II, II E PARAGRAFO 1° DO ART 3° DA LEI MUNICIPAL 1041/2014</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/901/lei_1055.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/901/lei_1055.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ARTIGO 4° DA LEI 1052/2014</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/902/lei_1056.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/902/lei_1056.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ARTIGO 4° DA LEI 1053/2014</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/903/lei_1057.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/903/lei_1057.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REPASSAR RECURSO FINANCEIRO DO VALOR DECORRENTE DO PASSE LIVRE ESTUDANTIL AOS ESTUDANTES BENEFICIADOS PELO PROGRAMA</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/904/lei_1058.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/904/lei_1058.pdf</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/905/lei_1059.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/905/lei_1059.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A CIRCULAÇÃO DE MAQUINAS E VEICULOS DE GRANDE PORTE NAS ESTRADAS DO MUNICIPIO DE CERRITO</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/906/lei_1060.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/906/lei_1060.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART 2° DA LEI MUNICIPAL 694/2010 REVOGA AS LEIS MUNICIPAIS 850/2011, 976/2013, 985/2013 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/907/lei_1061.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/907/lei_1061.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARAGRAFO 3° NO ARTIGO 117 DA LEI 493/2007, CODIGO DE POSTURA DO MUNICIPIO DE CERRITO, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/908/lei_1062.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/908/lei_1062.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL NO ORÇAMENTO VIGENTE</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/909/lei_1063.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/909/lei_1063.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO 1 DA LEI MUNICIPAL  998/2013 DE 30 DE OUTUBRO DE 2013 PPA 2014/2017</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/910/lei_1064.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/910/lei_1064.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CEDER O USO DE UMA AMBULANCIA AO MUNICIPIO DE PEDRO OSORIO</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/911/lei_1066.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/911/lei_1066.pdf</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/912/lei_1067.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/912/lei_1067.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS NO QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART 3° DA LEI 442/2005, COM REDAÇÃO ALTERADA PELA LEI 663/2009</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/913/lei_1068.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/913/lei_1068.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO PARA A VRM EM 2,94% PARA O EXERCICIO DE 2015 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/914/lei_1069.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/914/lei_1069.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO AOS PROFISSIONAIS DO MAGISTERIO EM EFETIVO EXERCICIO NA EDUCAÇÃO INFANTIL E NO ENSINO FUNDAMENTAL COM RECURSOS DO FUNDEB</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/915/lei_1070.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/915/lei_1070.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE ENFERMEIRO SAUDE DA FAMILIA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/916/lei_1071.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/916/lei_1071.pdf</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/917/lei_1072.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/917/lei_1072.pdf</t>
   </si>
   <si>
     <t>SUBSTITUI A TABELA A QUE SE REFERE O ART 26 DA LEI MUNICIPAL 474/2006</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/918/lei_1074.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/918/lei_1074.pdf</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/919/lei_1075.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/919/lei_1075.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVENIO COM O BANCO DO ESTADO DO RIO GRANDE DO SUL S.A BANRISUL, NO AMBITO DO PROGRAMA GAUCHO DE MICROCREDITO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/920/lei_1076.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/920/lei_1076.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PRORROGAÇÃO DE CONTRATO TEMPORARIO COM BASE NA GARANTIA DO DIREITO A ESTABILIDADE DE QUE TRATA O ART 10, 11, B, DO ATO DAS DISPOSIÇÕES CONSTITUCIONAIS TRANSITORIAS - ADCT</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/921/lei_1077.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/921/lei_1077.pdf</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/922/lei_1078.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/922/lei_1078.pdf</t>
   </si>
   <si>
     <t>CONCEDE VALE ALIMENTAÇÃO AOS SERVIDORES MUNICIPAIS ATIVOS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/923/lei_1079.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/923/lei_1079.pdf</t>
   </si>
   <si>
     <t>INSTITUI GRATIFICAÇÃO AOS SERVIDORES MUNICIPAIS DO SETOR DE FISCALIZAÇÃO DO MUNICIPIO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/924/lei_1080.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/924/lei_1080.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVENIO COM A AZONASUL, PARA ELABORAÇÃO DOS PLANOS MUNICIPAIS DE GESTÃO INTEGRADA DE RESIDUOS SOLIDOS EM REGIME DE COOPERAÇÃO TECNICA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/925/lei_1081.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/925/lei_1081.pdf</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/926/lei_1082.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/926/lei_1082.pdf</t>
   </si>
   <si>
     <t>ALTERA A CARGA HORARIA PREVISTA PARA O CARGO DE ENFERMEIRO PADRÃO E CONCEDE ACRESCIMO SOBRE O VENCIMENTO BASICO</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/802/lei_952.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/802/lei_952.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORARIA DE CARTER EMERGENCIAL DE EXCEPCIONAL INTERESSE PUBLICO</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/803/lei_953.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/803/lei_953.pdf</t>
   </si>
   <si>
     <t>ALTERA A ESTRUTURA DA SECRETARIA DE SAUDE E DA SECRETARIA DE ADMINISTRAÇÃO, FINANÇAS E LOGISTICA, CONSTANTE NO ARTIGO 1° DO ORGANOGRAMA DA LEI 652/2009, ALTERADA PELA LEI 836/2011 CRIA CARGO DE CHEFE DE ATENDIMENTO DO INTERIOR, EXTINGUE O CARGO DE CHEFE DO SETOR CONTABILIDADE E TESOURARIA E ALTERA A NOMENCLATURA DIRETOR DE FINANÇAS</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/804/lei_954.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/804/lei_954.pdf</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/805/lei_955.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/805/lei_955.pdf</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/806/lei_956.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/806/lei_956.pdf</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/807/lei_957.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/807/lei_957.pdf</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/808/lei_958.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/808/lei_958.pdf</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/809/lei_959.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/809/lei_959.pdf</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/810/lei_960.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/810/lei_960.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE 8% PARA A  REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES DOS PROVENTOS DOS APOSENTADOS E DAS PENSÕES DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/811/lei_961.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/811/lei_961.pdf</t>
   </si>
   <si>
     <t>INSTITUI A VACA JERSEY COMO UM DOS SIMBOLOS DO MUNICIPIO DE CERRITO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/812/lei_962.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/812/lei_962.pdf</t>
   </si>
   <si>
     <t>ALTERA E FIXA A REMUNERAÇÃO PARA O CARGO DE DIRETOR LEGISLATIVO DA CAMARA MUNICIPAL DE VEREADORES DE CERRITO PADRÃO DE VENCIMENTO CC-3 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/813/lei_963.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/813/lei_963.pdf</t>
   </si>
   <si>
     <t>ALTERA E FIXA A REMUNERAÇÃO PARA O CARGO DE ASSESSOR LEGISLATIVO DA CAMARA MUNICIPAL DE VEREADORES DE CERRITO PADRÃO DE VENCIMENTO CC-2 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/814/lei_964.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/814/lei_964.pdf</t>
   </si>
   <si>
     <t>ALTERA E FIXA A REMUNERAÇÃO PARA O CARGO DE ASSESSOR JURIDICO DA CAMARA MUNICIPAL DE VEREADORES DE CERRITO PADRÃO DE VENCIMENTO CC-6 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/815/lei_965.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/815/lei_965.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 4° DA LEI 912/2012</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/816/lei_966.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/816/lei_966.pdf</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/817/lei_967.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/817/lei_967.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DO VALOR DO VALE ALIMENTAÇÃO PARA R$ 160,00</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/818/lei_968.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/818/lei_968.pdf</t>
   </si>
   <si>
     <t>ATRIBUI A TRAVESSA PERPENDICULAR A RUA NICANOR SILVA O NOME DE RUA ISMAR SILVA DE SOUZA</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/819/lei_969.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/819/lei_969.pdf</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/820/lei_970.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/820/lei_970.pdf</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/821/lei_971.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/821/lei_971.pdf</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/822/lei_972.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/822/lei_972.pdf</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/823/lei_973.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/823/lei_973.pdf</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/824/lei_974.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/824/lei_974.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SERVIÇO REMUNERADO DE TRANSPORTE DE MERCADORIAS COM ENTREGA E COLETA MEDIANTE UTILIZAÇÃO DE MOTOCICLETA MOTONETAS E TRICICLOS DENOMINADO MOTO FRETE E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/825/lei_975.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/825/lei_975.pdf</t>
   </si>
   <si>
     <t>ATRIBUI GRATIFICAÇÃO AO SERVIDOR DESIGNADO COMO PREGOEIRO</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/826/lei_976.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/826/lei_976.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART 1° DA LEI MUNICIPAL 850/2011 QUE PASSARA A TER A SEGUINTE REDAÇÃO E REVOGA O ART 4° DA LEI 694/2010</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/827/lei_977.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/827/lei_977.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 45 CAPUT E PARAGRAFO 1° DA LEI 519/2007</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/828/lei_978.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/828/lei_978.pdf</t>
   </si>
   <si>
     <t>ALTERA O PERCENTUAL DO CUSTO DE CONTRIBUIÇÃO DO MUNICIPIO CONSTANTE DA LEI 897/2012</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/829/lei_979.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/829/lei_979.pdf</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/830/lei_980.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/830/lei_980.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A LEI 974/2013 DE 11 DE JUNHO DE 2013 QUE INSTITUI O SERVIÇO REMUNERADO DE TRANSPORTE DE MERCADORIAS COM ENTREGA E COLETA MEDIANTE UTILIZAÇÃO DE MOTOCICLETAS, MOTONETAS E TRICICLOS, DENOMINADO MOTO FRETE E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/831/lei_981.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/831/lei_981.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART 1° INCISO 1 DA LEI 836/2011 DESVINCULANDO O ADVOGADO CC DO NIVEL SECRETARIO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/832/lei_982.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/832/lei_982.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 8° DA LEI 871/2011</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/833/lei_983.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/833/lei_983.pdf</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/834/lei_984.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/834/lei_984.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR CONVENIO E A REPASSAR RECURSOS FINANCEIROS PARA O LAR DE IDOSOS SÃO FRANCISCO DE ASSIS</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/835/lei_985.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/835/lei_985.pdf</t>
   </si>
   <si>
     <t>AUMENTA O REPASSE MENSAL A ASSOCIAÇÃO DOS ESTUDANTES DE CERRITO E PEDRO OSORIO ASCEPO</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/836/lei_986.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/836/lei_986.pdf</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/837/lei_987.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/837/lei_987.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 3° DA LEI 609/2009</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/838/lei_988.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/838/lei_988.pdf</t>
   </si>
   <si>
     <t>DENOMINA O POSTO DE SAUDE MUNICIPAL LOCALIZADO NA VILA FREIRE 3° DISTRITO DE CERRITO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/839/lei_989.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/839/lei_989.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DO SOLO URBANO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/840/lei_990.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/840/lei_990.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CENTRO DE REFERENCIA DA ASSISTENCIA SOCIAL CRAS NO MUNICIPIO DE CERRITO</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/841/lei_991.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/841/lei_991.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLITICA MUNICIPAL DE PROTEÇÃO AOS DIREITOS DA CRIANÇA E DO ADOLESCENTE SOBRE O CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE O FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE O SISTEMA MUNICIPAL DE ATENDIMENTO SOCIOEDUCATIVO E O CONSELHO TUTELAR</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/842/lei_992.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/842/lei_992.pdf</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/843/lei_993.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/843/lei_993.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL 944/2012 DE 08 DE NOVEMBRO DE 2012 LDO 2013</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/844/lei_994.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/844/lei_994.pdf</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/845/lei_995.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/845/lei_995.pdf</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/846/lei_996.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/846/lei_996.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL 647/2009 DE 05 DE NOVEMBRO DE 2009 PPA</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/847/lei_997.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/847/lei_997.pdf</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/848/lei_999.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/848/lei_999.pdf</t>
   </si>
   <si>
     <t>REVOGA DISPOSITIVOS DA LEI ORGANICA DO MUNICIPIO DE CERRITO</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/849/lei_1000.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/849/lei_1000.pdf</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/850/lei_1001.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/850/lei_1001.pdf</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/851/lei_1002.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/851/lei_1002.pdf</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/852/lei_1003.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/852/lei_1003.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA UM CARGO DE TECNICO EM ENFERMAGEM NO QUADRO DE CARGOS DE PROVIMENTO  EFETIVO DO ART. 3° DA LEI 442/2005</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/853/lei_1004.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/853/lei_1004.pdf</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/854/lei_1005.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/854/lei_1005.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL 647/2009 DE 05 DE NOVEMBRO DE 2009 PPA 2010/2013</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/855/lei_1006.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/855/lei_1006.pdf</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/856/lei_1008.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/856/lei_1008.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO PARA A VRM EM 5,27% PARA O EXERCICIO DE 2014 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/857/lei_1009.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/857/lei_1009.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO PARA O IPTU EM 7,00% PARA O EXERCICIO DE 2014  E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/858/lei_1010.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/858/lei_1010.pdf</t>
   </si>
   <si>
     <t>CRIA O COMITE DE INVESTIMENTOS DOS RECURSOS DO REGIME PROPRIO DE PREVIDENCIA DO MUNICIPIO DE CERRITO</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/859/lei_1011.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/859/lei_1011.pdf</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/860/lei_1012.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/860/lei_1012.pdf</t>
   </si>
   <si>
     <t>INSTITUI A TAXA DE VIGILANCIA SANITARIA MUNICIPAL E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/861/lei_1013.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/861/lei_1013.pdf</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/862/lei_1014.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/862/lei_1014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS FINANCEIROS AOS MEDICOS QUE ATUARÃO NO PROJETO MAIS MEDICOS PARA O BRASIL MUNICIPIO DE CERRITO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/863/lei_1015.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/863/lei_1015.pdf</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/864/lei_1017.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/864/lei_1017.pdf</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/865/lei_1018.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/865/lei_1018.pdf</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/866/lei_1019.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/866/lei_1019.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PAGAMENTO DO 13° SALARIO AOS VEREADORES E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/746/lei_890.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/746/lei_890.pdf</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/747/lei_891.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/747/lei_891.pdf</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/748/lei_892.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/748/lei_892.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL 882/2011 DE 29 DE NOVEMBRO DE 2011 LDO 2012</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/749/lei_893.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/749/lei_893.pdf</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/750/lei_894.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/750/lei_894.pdf</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/751/lei_895.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/751/lei_895.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III D ALEI MUNICIPAL 882/2011 DE 29 DE NOVEMBRO DE 2011 LDO 2012</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/752/lei_896.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/752/lei_896.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE 6,50% PARA A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES  DOS PROVENTOS DOS APOSENTADOS E DAS PENSÕES DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/753/lei_897.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/753/lei_897.pdf</t>
   </si>
   <si>
     <t>ALTERA O PERCENTUAL DO CUSTO DE CONTRIBUIÇÃO DO MUNICIPIO CONSTANTE DA LEI 859/2011</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/754/lei_898.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/754/lei_898.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE UMA GAVETA</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/755/lei_899.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/755/lei_899.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS SERVIDORES ATIVOS, INATIVOS E PENSIONISTAS DA CAMARA MUNICIPAL A REVISÃO GERAL ANUAL NO PERCENTUAL DE 6,50% CONFORME A LEI MUNICIPAL 896/2012</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/756/lei_900.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/756/lei_900.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS VEREADORES DA CAMARA MUNICIPAL  A REVISÃO GERAL ANUAL  DE 6,50% CONFORME A LEI MUNICIPAL 896/2012</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/757/lei_901.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/757/lei_901.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS SECRETARIOS MUNICIPAIS A REVISÃO GERAL ANUAL DE 6,50% CONFORME A LEI MUNICIPAL 896/2012</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/758/lei_902.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/758/lei_902.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS EXERCENTES DE MANDATO ELETIVO DE PREFEITO E VICE PREFEITO A REVISÃO GERAL ANUAL DE 6,50% CONFORME LEI MUNICIPAL 896/2012</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/759/lei_903.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/759/lei_903.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA UM CARGO DE SERVENTE E DOIS CARGOS DE OPERADOR DE MAQUINA NO QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO ART 3° DA LEI 442/2005</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/760/lei_904.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/760/lei_904.pdf</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/761/lei_907.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/761/lei_907.pdf</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/762/lei_908.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/762/lei_908.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 73 CAPUT DA LEI ORGANICA DO MUNICIPIO DE CERRITO</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/763/lei_909.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/763/lei_909.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA AO ANEXO I DA LEI MUNICIPAL 905/2012 ATIVIDADES DE MATADOURO</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/764/lei_910.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/764/lei_910.pdf</t>
   </si>
   <si>
     <t>FICA INSTITUIDO O DIA OITO DE NOVEMBRO DE CADA ANO COMO O DIA MUNICIPAL DO OLEIRO</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/765/lei_911.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/765/lei_911.pdf</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/766/lei_912.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/766/lei_912.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DO DEPARTAMENTO DE SERVIÇOS URBANISTICOS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/767/lei_913.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/767/lei_913.pdf</t>
   </si>
   <si>
     <t>CRIA A JUNTA ADMINISTRATIVA DE RECURSOS DE INFRAÇÕES - JARI E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/768/lei_914.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/768/lei_914.pdf</t>
   </si>
   <si>
     <t>REFORMULA O CONSELHO MUNICIPAL DE SAUDE E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/769/lei_915.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/769/lei_915.pdf</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/770/lei_916.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/770/lei_916.pdf</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/771/lei_917.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/771/lei_917.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE ARQUITETO</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/772/lei_918.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/772/lei_918.pdf</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/773/lei_919.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/773/lei_919.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRIBUIR MENSALMENTE COM AS ENTIDADES DE REPRESENTAÇÃO DOS MUNICIPIOS DO ESTADO DO RIO GRANDE DO SUL</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/774/lei_920.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/774/lei_920.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DA SECRETARIA DE ASSISTENCIA SOCIAL E CIDADANIA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/775/lei_921.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/775/lei_921.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO A ARTIGOS DA LEI MUNICIPAL 448/2006 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/776/lei_922.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/776/lei_922.pdf</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/777/lei_923.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/777/lei_923.pdf</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/778/lei_924.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/778/lei_924.pdf</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/779/lei_925.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/779/lei_925.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICIPIO A FIRMAR ACORDO E COMPROMISSO COM O ESTADO DO RIO GRANDE DO SUL E COM A COMPANHIA PROVINCIA CREDITO IMOBILIARIO , VISANDO A CONSTRUÇÃO DE MORADIAS POPULARES DESTINADAS A FAMILIAS COM RENDA FAMILIAR MENSAL DE ATE 1.500,00 NO AMBITO DO PROGRAMA MINHA CASA MINHA VIDA - PMCMV</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/780/lei_926.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/780/lei_926.pdf</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/781/lei_927.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/781/lei_927.pdf</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/782/lei_928.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/782/lei_928.pdf</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/783/lei_929.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/783/lei_929.pdf</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/784/lei_930.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/784/lei_930.pdf</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/785/lei_931.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/785/lei_931.pdf</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/786/lei_932.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/786/lei_932.pdf</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/787/lei_933.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/787/lei_933.pdf</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/788/lei_934.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/788/lei_934.pdf</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/789/lei_935.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/789/lei_935.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICONAL ESPECIAL NO ORÇAMENTO VIGENTE</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/790/lei_936.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/790/lei_936.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 3° DA LEI MUNICIPAL 008/97 QUE DISPÕE SOBRE O CONSELHO MUNICIPAL DE ASSISTENCIA SOCIAL</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/791/lei_937.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/791/lei_937.pdf</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/792/lei_938.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/792/lei_938.pdf</t>
   </si>
   <si>
     <t>RETIFICA A PARTE FINAL DO ANEXO II DA LEI MUNICIPAL 905/2012 QUE DISPÕE SOBRE O LICENCIAMENTO AMBIENTAL NO MUNCIPIO DE CERRITO E INSTITUI A TAXA DE LICENCIAMENTO AMBIENTAL E FLORESTAL</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/793/lei_939.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/793/lei_939.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSIDIOS DO PREFEITO E DO VICE PREFEITO PARA O PERIODO COMPREENDIDO ENTRE OS ANOS DE 2013 A 2016 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/794/lei_940.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/794/lei_940.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSIDIOS DOS SECRETARIOS MUNICIPAIS PARA O PERIODO COMPREENDIDO ENTRE OS ANOS DE 2013 A 2016 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/795/lei_941.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/795/lei_941.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSIDIOS DOS VEREADORES E DO PRESIDENTE DA CAMARA MUNICIPAL DE VEREADORES PARA O PERIODO COMPREENDIDO ENTRE OS ANOS DE 2013 A 2016 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/796/lei_942.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/796/lei_942.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO XI DO ARTIGO 5° DA LEI MUNICIPAL 912/2012 E INCLUI ARTIGO 8° A ESTA LEI</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/797/lei_943.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/797/lei_943.pdf</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/798/lei_946.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/798/lei_946.pdf</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/799/lei_947.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/799/lei_947.pdf</t>
   </si>
   <si>
     <t>REVOGA O PARAGRAFO SEGUNDO DO ART 115 DA LEI MUNICIPAL 308/2001</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/800/lei_949.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/800/lei_949.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO PARA O IPTU EM 9,00% PARA O EXERCICIO DE 2013 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/801/lei_950.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/801/lei_950.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO PARA A VRM EM 7,47% PARA O EXERCICIO DE 2013 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/646/lei_788.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/646/lei_788.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ARTIGO 2° DA LEI 764/2010</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/647/lei_789.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/647/lei_789.pdf</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/648/lei_790.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/648/lei_790.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMISSÃO PERMANETE DE SINDICANCIA E PROCESSO ADMINISTRATIVO DISCIPLINAR E ESPECIAL E ATRIBUI GRATIFICAÇÃO AOS SEUS MEMBROS</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/649/lei_791.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/649/lei_791.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O NÃO AJUIZAMENTO E O POSTERIOR CANCELAMENTO DE CREDITOS TRIBUTARIOS  E NAO TRIBUTARIOS  E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/650/lei_792.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/650/lei_792.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE 5,91% PARA A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES, DOS PROVENTOS DOS APOSENTADOS E DAS PENSÕES DO PODER EXECUTIVO E REPOSIÇÃO SALARIAL DE 1,099%</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/651/lei_793.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/651/lei_793.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICIPIO A CUSTEAR PLANO DE SAUDE MEDICA AOS SERVIDORES TITULARES DE CARGO EFETIVO E EM COMISSÃO</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/652/lei_794.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/652/lei_794.pdf</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/653/lei_795.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/653/lei_795.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL 775/2010 DE 30 DE NOVEMBRO DE 2010 LDO 2011</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/654/lei_796.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/654/lei_796.pdf</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/655/lei_797.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/655/lei_797.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO ALTERAR O REPASSE DE RECURSOS FINANCEIROS PARA A SANTA CASA DE MISERICORDIA</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/656/lei_798.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/656/lei_798.pdf</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/657/lei_799.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/657/lei_799.pdf</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/658/lei_800.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/658/lei_800.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS PUBLICOS DE VISITADORES DO PROGRAMA PRIMEIRA INFANCIA MELHOR  - PIM</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/659/lei_801.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/659/lei_801.pdf</t>
   </si>
   <si>
     <t>ALTERA O VALOR DOS VENCIMENTOS DOS SERVIDORES DOS PADRÕES 03, 04, 05, 06, 07, 08, 09 DA TABELA SALARIAL DE 2010</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/660/lei_802.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/660/lei_802.pdf</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/661/lei_803.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/661/lei_803.pdf</t>
   </si>
   <si>
     <t>CRIA EMPREGOS PUBLICOS DE AGENTES COMUNITARIOS DE SAUDE E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/662/lei_804.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/662/lei_804.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE OFICINEIRO</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/663/lei_805.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/663/lei_805.pdf</t>
   </si>
   <si>
     <t>RETIFICAÇÃO DO SALARIO MENSAL FIXADO NA LEI MUNICIPAL 802/2011</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/664/lei_806.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/664/lei_806.pdf</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/665/lei_807.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/665/lei_807.pdf</t>
   </si>
   <si>
     <t>RETIFICAÇÃO DO PADRÃO SALARIAL FIXADO NA LEI MUNICIPAL 786/2011</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/666/lei_808.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/666/lei_808.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS EXERCENTES DE MANDATO ELETIVO DE PREFEITO E VICE PREFEITO A REVISÃO GERAL ANUAL DE  5,91% CONFORME A LEI MUNICIPAL 792/2011</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/667/lei_809.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/667/lei_809.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS SERVIDORES ATIVOS, INATIVOS E PENSIONISTAS DA CAMARA  MUNICIPAL A REVISÃO GERAL ANUAL DE 5,91% ACRESCIDA DE AUMENTO REAL DE VENCIMENTOS DE 1,09% CONFORME A LEI MUNICIPAL 792/2011</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/668/lei_810.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/668/lei_810.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS VEREADORES DA CAMARA MUNICIPAL DE CERRITO A REVISÃO GERAL ANUAL DE 5,91% CONFORME A LEI MUNICIPAL 792/2011</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/669/lei_811.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/669/lei_811.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS SECRETARIOS MUNICIPAIS A REVISÃO GERAL ANUAL DE 5,91% CONFORME A LEI MUNICIPAL 792/2011</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/670/lei_812.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/670/lei_812.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/671/lei_813.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/671/lei_813.pdf</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/672/lei_814.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/672/lei_814.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO INCISO 1° ART 16  E INCISO 2° ART 34 DA LEI 651/2009</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/673/lei_815.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/673/lei_815.pdf</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/674/lei_816.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/674/lei_816.pdf</t>
   </si>
   <si>
     <t>PRORROGA POR 180 DIAS O PRAZO ESTABELECIDO NO ART 1° DA LEI 778/2010</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/675/lei_817.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/675/lei_817.pdf</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/676/lei_818.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/676/lei_818.pdf</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/677/lei_819.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/677/lei_819.pdf</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/678/lei_820.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/678/lei_820.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DALEI MUNICIPAL 775/2010 DE 30 DE NOVEMBRO DE 2010 LDO</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/679/lei_821.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/679/lei_821.pdf</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/680/lei_822.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/680/lei_822.pdf</t>
   </si>
   <si>
     <t>ALTERA EM PARTE O ARTIGO 1° DA LEI 653/2009 AUMENTANDO PARA DEZ O NUMERO DE CARGOS DE OPERADOR DE MAQUINAS</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/681/lei_823.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/681/lei_823.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR FINANCIAMENTO JUNTO AO BANCO DO BRASIL S.A E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/682/lei_824.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/682/lei_824.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE VALE ALIMENTAÇÃO AOS SERVIDORES</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/683/lei_825.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/683/lei_825.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVENIO COM O IPERGS, PARA A PRESTAÇÃO DE SERVIÇOS DE ASSISTENCIA MEDICO-HOSPITALAR E LABORATORIAL, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/684/lei_826.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/684/lei_826.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ARTIGO 1° DA LEI 793/2011</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/685/lei_827.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/685/lei_827.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AO PODER EXECUTIVO APOIAR OS INVESTIMENTOS NO TERRITORIO DO MUNICIPIO</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/686/lei_828.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/686/lei_828.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DOAR, AO ESTADO DO RIO GRANDE DO SUL AREA SITUADA NA VILA FREIRE ANEXA A ESCOLA JAIME FARIA PARTE DA MATRICULA 191 FL1 DO LIVRO 2 DO REGISTRO DE IMOVEIS</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/687/lei_829.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/687/lei_829.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO PUBLICO DE NUTRICIONISTA E DE TECNICO EM FISCALIZAÇÃO EM MEIO AMBIENTE E SANITARIA</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/688/lei_830.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/688/lei_830.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ARTIGO 2° DA LEI 812/2011</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/689/lei_831.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/689/lei_831.pdf</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/690/lei_832.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/690/lei_832.pdf</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/691/lei_833.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/691/lei_833.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL 775/2010 DE 30 DE NOVEMBRO DE 2010 LDO</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/692/lei_834.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/692/lei_834.pdf</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/693/lei_835.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/693/lei_835.pdf</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/694/lei_837.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/694/lei_837.pdf</t>
   </si>
   <si>
     <t>AMPLIA O PRAZO DE PARCELAMENTO PARA AQUISIÇÃO DE GAVETAS NO CEMITERIO LOCAL PARA ATE VINTE MESES</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/695/lei_838.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/695/lei_838.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ARTIGO 34 E ACRESCENTA $$ AO ARTIGO 41 DA LEI 651/2009</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/696/lei_839.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/696/lei_839.pdf</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/697/lei_840.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/697/lei_840.pdf</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/698/lei_841.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/698/lei_841.pdf</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/699/lei_842.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/699/lei_842.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE MEIO AMBIENTE CMMA DO MUNICIPIO DE CERRITO, ESTADO DO RIO GRANDE DO SUL E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/700/lei_843.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/700/lei_843.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ARTIGO 2° INCISO I DA LEI 126/98</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/701/lei_844.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/701/lei_844.pdf</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/702/lei_845.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/702/lei_845.pdf</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/703/lei_846.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/703/lei_846.pdf</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/704/lei_847.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/704/lei_847.pdf</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/705/lei_848.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/705/lei_848.pdf</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/706/lei_849.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/706/lei_849.pdf</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/707/lei_850.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/707/lei_850.pdf</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/708/lei_851.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/708/lei_851.pdf</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/709/lei_852.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/709/lei_852.pdf</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/710/lei_853.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/710/lei_853.pdf</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/711/lei_854.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/711/lei_854.pdf</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/712/lei_855.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/712/lei_855.pdf</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/713/lei_856.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/713/lei_856.pdf</t>
   </si>
   <si>
     <t>INSTITUI GRATIFICAÇÃO DE SERVIÇO A SER PAGA A SERVIDORES DESIGNADOS COMO RESPONSAVEIS PELA GESTÃO DOS RECURSOS DE REGIME PROPRIO DE PREVIDENCIA SOCIAL E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/714/lei_857.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/714/lei_857.pdf</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/715/lei_858.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/715/lei_858.pdf</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/716/lei_859.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/716/lei_859.pdf</t>
   </si>
   <si>
     <t>ALTERA O PERCENTUAL CONSTANTE DA LEI 763/2010</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/717/lei_860.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/717/lei_860.pdf</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/718/lei_861.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/718/lei_861.pdf</t>
   </si>
   <si>
     <t>EXTINGUE OS CARGOS DE FISCAL DE OBRAS E FISCAL DE POSTURAS CONSTANTES DO QUADRO DE CARGOS DE PROVIMENTO EFETIVO DA LEI 442/2005 E DUAS ALTERAÇÕES E CRIA O CARGO DE FISCAL DE OBRAS E DE POSTURAS</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/719/lei_862.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/719/lei_862.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NOVOS VALORES DE VENCIMENTOS BASICOS PARA OS PADRÕES 1 E 2</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/720/lei_863.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/720/lei_863.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL 647/2009 DE 30 DE NOVEMBRO DE 2009 PPA</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/721/lei_864.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/721/lei_864.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOA NEXO III DA LEI MUNICIPAL 775/2010 DE 30 DE NOVEMBRO DE 2010 LDO 2011</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/722/lei_865.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/722/lei_865.pdf</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/723/lei_866.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/723/lei_866.pdf</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/724/lei_867.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/724/lei_867.pdf</t>
   </si>
   <si>
     <t>RETIFICA REQUISITO PARA O PROVIMENTO DO CARGO DE ENGENHEIRO AGRONOMO</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/725/lei_868.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/725/lei_868.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA SEGUNDA APRTE AO ART 2° DA LEI MUNICIPAL 859/2011</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/726/lei_869.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/726/lei_869.pdf</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/727/lei_870.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/727/lei_870.pdf</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/728/lei_871.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/728/lei_871.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A CONCESSÃO DOS BENEFICIOS EVENTUAIS DA POLITICA DA ASSISTENCIA SOCIAL</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/729/lei_872.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/729/lei_872.pdf</t>
   </si>
   <si>
     <t>INSTITUI GRATIFICAÇÃO DE SERVIÇO A SER PAGA AOS SERVIDORES DESIGNADOS COMO MEMBROS DA COMISSÃO PERMANENTE DE LICITAÇÕES</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/730/lei_873.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/730/lei_873.pdf</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/731/lei_874.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/731/lei_874.pdf</t>
   </si>
   <si>
     <t>ALTERA O VALOR DA REMUNERAÇÃO DO NIVEL 1 DO MAGISTERIO MUNICIPAL EM CONFORMIDADE COM O PISO NACIONAL DO MAGISTERIO</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/732/lei_875.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/732/lei_875.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR O PROGRAMA MUNICIPAL DE DESENVOLVIMENTO DA CADEIA PRODUTIVA DA AGRICULTURA FAMILIAR, BEM COMO UTILIZAR RECURSOS NA PROGRAMAÇÃO DE AÇÕES DE APOIO E INCENTIVO A ATIVIDADE</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/733/lei_876.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/733/lei_876.pdf</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/734/lei_877.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/734/lei_877.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO II DA LEI MUNICIPAL 647/2009 DE 05 DE NOVEMBRO DE 2009 PPA</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/735/lei_878.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/735/lei_878.pdf</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/736/lei_879.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/736/lei_879.pdf</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/737/lei_880.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/737/lei_880.pdf</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/738/lei_881.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/738/lei_881.pdf</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/739/lei_883.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/739/lei_883.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO PARA A VRM EM 7,05$ PARA O EXERCICIO DE 2012 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/740/lei_884.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/740/lei_884.pdf</t>
   </si>
   <si>
     <t>INCLUI PARAGRAFO UNICO AO ARTIGO 2° DA LEI MUNICIPAL 720/2010</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/741/lei_885.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/741/lei_885.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A CELEBRAR TERMO DE CONFISSÃO DE DEBITOS PREVIDENCIARIOS E ACORDO DE PARCELAMENTO COM O FUNDO MUNICIPAL DE PREVIDENCIA DOS SERVIDORES DE CERRITO -FMPSC</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/742/lei_886.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/742/lei_886.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE CERRITO PARA O EXERCICIO FINACEIRO DE 2012</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/743/lei_887.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/743/lei_887.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO PARA O IPTU EM 9,50% PARA O EXERCICIO DE 2012 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/744/lei_888.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/744/lei_888.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ARTIGO 3° DA LEI MUNICIPAL 824/2011 A QUAL INSTITUI O BENEFICIO DO VALE ALIMENTAÇÃO</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/745/lei_889.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/745/lei_889.pdf</t>
   </si>
   <si>
     <t>ATRIBUI A CAPELA MORTUARIA LOCALIZADA AO LADO DO CEMITERIO MUNICIPAL DA VILA FREIRE O NOME DE CAPELA MORTUARIA NOSSA SENHORA DO ROSARIO</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/523/lei_662.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/523/lei_662.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR CONVENIO COM O CENTRO DE INTEGRAÇÃO EMPRESA ESCOLA CIEE/RS, OBJETIVANDO A REALIZAÇÃO DE ESTAGIOS DE COMPLEMENTAÇÃO EDUCACIONAL PARA ESTUDANTES DA EDUCAÇÃO SUPERIOR, EDUCAÇÃO PROFISSIONAL, DE ENSINO MEDIO, DA EDUCAÇÃO ESPECIAL</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/524/lei_663.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/524/lei_663.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO ALIMENTAÇÃO AOS SERVIDORES MUNICIPAIS ATIVOS, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/525/lei_664.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/525/lei_664.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART 4° DA LEI  N° 527/2007 QUE DISCIPLINA O ESTAGIO DE ESTUDANTES EM ORGÃOS DA ADMINISTRAÇÃO MUNICIPAL</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/526/lei_665.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/526/lei_665.pdf</t>
   </si>
   <si>
     <t>ALTERA EM PARTE O ART 1° DA LEI 653/2009 AUMENTANDO PARA OITO O NUMERO DE CARGOS DE OPERADOR DE MAQUINA</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/527/lei_666.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/527/lei_666.pdf</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/528/lei_667.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/528/lei_667.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REALIZAÇÃO DE AUDIENCIAS PUBLICAS, NO AMBITO DA ADMINISTRAÇÃO PUBLICA DIRETA E INDIRETA E DO PODER LEGISLATIVO MUNICIPAL</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/529/lei_668.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/529/lei_668.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL 650/2009, DE 24 DE NOVEMBRO DE 2009- LDO</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/530/lei_669.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/530/lei_669.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL N 650/2009 DE 24 DE NOVEMBRO DE 2009 LDO</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/531/lei_671.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/531/lei_671.pdf</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/532/lei_672.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/532/lei_672.pdf</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/533/lei_673.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/533/lei_673.pdf</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/534/lei_674.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/534/lei_674.pdf</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/535/lei_675.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/535/lei_675.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL N 647/2009, DE 5 DE NOVEMBRO DE 2009 PPA</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/536/lei_676.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/536/lei_676.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL N 647/2009 DE 5 DE NOVEMBRO DE 2009 PPA</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/537/lei_677.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/537/lei_677.pdf</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/538/lei_678.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/538/lei_678.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL N°650/2009 DE 24 DE NOVEMBRO DE 2009 LDO</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/539/lei_679.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/539/lei_679.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL 647/2009 DE 5 DE NOVEMBRO DE 2009 PPA</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/540/lei_680.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/540/lei_680.pdf</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/541/lei_681.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/541/lei_681.pdf</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/542/lei_682.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/542/lei_682.pdf</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/543/lei_683.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/543/lei_683.pdf</t>
   </si>
   <si>
     <t>AUTORIZA  A ABERTURA DE CREDITO ESPECIAL NO ORÇAMENTO VIGENTE</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/544/lei_684.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/544/lei_684.pdf</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/545/lei_685.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/545/lei_685.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE CARATER EMERGENCIAL DE EXCEPCIONAL INTERESSE PUBLICO</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/546/lei_686.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/546/lei_686.pdf</t>
   </si>
   <si>
     <t>ALTERA PARTE FINAL DO ARTIGO 6° DA LEI 652/2009 QUE ESTABELECE A REESTRUTURAÇÃO DA PREFEITURA MUNICIPAL DE CERRITO, ALTERA O ART 19 E ART 24, INCISO II E INCISO III LEI 442/2005 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/547/lei_687.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/547/lei_687.pdf</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/548/lei_688.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/548/lei_688.pdf</t>
   </si>
   <si>
     <t>AUTORIZA  A CONTRATAÇÃO TEMPORARIA DE EXCEPCIONAL INTERESSE PUBLICO</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/549/lei_689.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/549/lei_689.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR CONVENIO E A REPASSAR RECURSOS FINANCEIROS PARA A SANTA CASA DE MISERICORDIA</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/550/lei_690.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/550/lei_690.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE 4,31% PARA A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES DOS PROVENTOS DOS APOSENTADOS E DAS PENSÕES DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/551/lei_691.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/551/lei_691.pdf</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/552/lei_692.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/552/lei_692.pdf</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/553/lei_693.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/553/lei_693.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 4º E 5° DA LEI 609/2009 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/554/lei_694.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/554/lei_694.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR CONVENIO E A REPASSAR RECURSOS FINANCEIROS PARA A ASSOCIAÇÃO DOS ESTUDANTES DE CERRITO E PEDRO OSORIO - ASCEPO</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/555/lei_695.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/555/lei_695.pdf</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/556/lei_696.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/556/lei_696.pdf</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/557/lei_697.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/557/lei_697.pdf</t>
   </si>
   <si>
     <t>ESTABELECE E REGULAMENTA O PAGAMENTO DE HORA MAQUINA A OPERADORES DE MAQUINAS</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/558/lei_698.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/558/lei_698.pdf</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/559/lei_699.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/559/lei_699.pdf</t>
   </si>
   <si>
     <t>REVOGA OS INCISOS III, IV, V, VI, VII, XI E XII, DO ART 4° DA LEI MUNICIPAL 620/2009</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/560/lei_700.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/560/lei_700.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III  DA LEI MUNICIPAL 650/2009 DE 24 DE NOVEMBRO DE 2009 LDO</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/561/lei_701.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/561/lei_701.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDÇÃO DO ANEXO III DA LEI MUNICIPAL 647/2009 DE 05 DE NOVEMBRO DE 2009 PPA</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/562/lei_702.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/562/lei_702.pdf</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/563/lei_703.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/563/lei_703.pdf</t>
   </si>
   <si>
     <t>CRIA O PROCESSO ADMINISTRATIVO ESPECIAL NO AMBITO DA ADMINISTRAÇÃO PUBLICA MUNICIPAL</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/564/lei_704.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/564/lei_704.pdf</t>
   </si>
   <si>
     <t>INSTITUI A LEI GERAL MUNICIPAL DA MICROEMPRESA DE PEQUENO PORTE E MICRO EMPREENDEDOR INDIVIDUAL, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/565/lei_705.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/565/lei_705.pdf</t>
   </si>
   <si>
     <t>ALTERA PARTE FINAL DO ARTIGO 5° DA LEI 660/2009</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/566/lei_706.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/566/lei_706.pdf</t>
   </si>
   <si>
     <t>AUTORIZA SERVIDORES CAMPEIROS A UTILIZAR NO CUMPRIMENTO DAS SUAS ATRIBUIÇÕES EQUINOS DE SUA PROPRIEDADE</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/567/lei_707.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/567/lei_707.pdf</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/568/lei_708.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/568/lei_708.pdf</t>
   </si>
   <si>
     <t>ALTERA A EMENTA E A REDAÇÃO DO ARTIGO 1 DA LEI MUNICIPAL N 690/2010 QUE CONCEDEU REAJUSTE DE 4,31% PARA REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES DOS PROVENTOS DOS APOSENTADOS E DAS PENSÕES DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/569/lei_709.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/569/lei_709.pdf</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/570/lei_710.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/570/lei_710.pdf</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/571/lei_711.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/571/lei_711.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL N°647/2009 DE 05 DE NOVEMBRO DE 2009 PPA</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/572/lei_712.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/572/lei_712.pdf</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/573/lei_713.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/573/lei_713.pdf</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/574/lei_714.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/574/lei_714.pdf</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/575/lei_715.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/575/lei_715.pdf</t>
   </si>
   <si>
     <t>AUTORIZA  A ABERTURA DE CREDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/576/lei_716.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/576/lei_716.pdf</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/577/lei_717.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/577/lei_717.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS SERVIDORES ATIVOS, INATIVOS E PENSIONISTAS DA CAMARA MUNICIPAL A REVISÃO GERAL ANUAL DE 3,2% E AUMENTO REAL DE VENCIMENTOS DE 1,1% DE QUE TRATAM A LEI MUNICIPAL 690/2010 E A LEI 708/2010.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/578/lei_718.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/578/lei_718.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS EXERCENTES DE MANDATO ELETIVO DE PREFEITO E VICE PREFEITO A REVISÃO GERAL ANUAL DE 3,2% QUE TRATA A LEI MUNICIPAL 690/2010 E A LEI 718/2010</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/579/lei_719.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/579/lei_719.pdf</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/580/lei_720.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/580/lei_720.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ALTERAR A GRATIFICAÇÃO DOS CONSELHEIROS TUTELARES</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/581/lei_721.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/581/lei_721.pdf</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/582/lei_722.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/582/lei_722.pdf</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/583/lei_723.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/583/lei_723.pdf</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/584/lei_724.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/584/lei_724.pdf</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/585/lei_725.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/585/lei_725.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL N° 650/2009 DE 24 DE NOVEMBRO DE 2009 LDO</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/586/lei_726.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/586/lei_726.pdf</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/587/lei_727.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/587/lei_727.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL 650/2009 DE 24 DE NOVEMBRO DE 2009 LDO</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/588/lei_728.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/588/lei_728.pdf</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/589/lei_729.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/589/lei_729.pdf</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/590/lei_730.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/590/lei_730.pdf</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/591/lei_731.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/591/lei_731.pdf</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/592/lei_732.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/592/lei_732.pdf</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/593/lei_733.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/593/lei_733.pdf</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/594/lei_734.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/594/lei_734.pdf</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/595/lei_735.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/595/lei_735.pdf</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/596/lei_736.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/596/lei_736.pdf</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/597/lei_737.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/597/lei_737.pdf</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/598/lei_738.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/598/lei_738.pdf</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/599/lei_739.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/599/lei_739.pdf</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/600/lei_740.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/600/lei_740.pdf</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/601/lei_741.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/601/lei_741.pdf</t>
   </si>
   <si>
     <t>ATRIBUI AO LOGRADOURO PUBLICO LOCALIZADO ENTRE AS RUAS MARIA ISABEL DE SOUZA E ELDA DE SOUZA DIAS PARALELO AS RUAS JOÃO ANTUARTE LA ROSA E GESSE MONCKS VALERIO, LOCALIZADA NO BAIRRO COHAB II O NOME DE RUA ELI BANDEIRA</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/602/lei_742.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/602/lei_742.pdf</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/603/lei_743.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/603/lei_743.pdf</t>
   </si>
   <si>
     <t>ATRIBUI AO LOGRADOURO PUBLICO LOCALIZADO ENTRE A RUA CIRIACA VERGARA E RUA TRES DE MAIO, PARALELO A RUA EUCLIDES JOSE DE SOUZA LOCALIZADA NO LOTEAMENTO ARCO IRIS O NOME DE RUA EDWING LOFFANG GOWERT</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/604/lei_744.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/604/lei_744.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DAS PESSOAS PORTADORAS DE NECESSIDADES ESPECIAIS</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/605/lei_745.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/605/lei_745.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DE DEBITOS OU OBRIGAÇÕES DO MUNICIPIO DE CERRITO, NOS TERMOS DO ART 100, INCISO 3° E 4° DA CONSTITUIÇÃO FEDERAL DECORRENTES DE DECISÕES JUDICIAIS CONSIDERADOS DE PEQUENO VALOR</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/606/lei_746.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/606/lei_746.pdf</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/607/lei_747.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/607/lei_747.pdf</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/608/lei_748.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/608/lei_748.pdf</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/609/lei_749.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/609/lei_749.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE AMORTIZAÇÃO PARA EQUACIONAMENTO DE DÉFICIT ATUARIAL</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/610/lei_750.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/610/lei_750.pdf</t>
   </si>
   <si>
     <t>ALTERA A PARTE FINAL DO ART 43 DA LEI 651/2009</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/611/lei_751.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/611/lei_751.pdf</t>
   </si>
   <si>
     <t>RETIFICAÇÃO DA CARGA HORARIA FIXADA NA LEI MUNICIPAL 742/2010</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/612/lei_752.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/612/lei_752.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO DE CONTROLE SOCIAL DO BOLSA FAMILIA</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/613/lei_753.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/613/lei_753.pdf</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/614/lei_754.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/614/lei_754.pdf</t>
   </si>
   <si>
     <t>RETIFICA O ARTIGO 1° DA LEI MUNICIPAL N° 653/2009 RESTABELECENDO O CONTIDO NO ARTIGO 5° DA LEI 652/2009</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/615/lei_755.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/615/lei_755.pdf</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/616/lei_756.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/616/lei_756.pdf</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/617/lei_757.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/617/lei_757.pdf</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/618/lei_758.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/618/lei_758.pdf</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/619/lei_759.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/619/lei_759.pdf</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/620/lei_760.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/620/lei_760.pdf</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/621/lei_761.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/621/lei_761.pdf</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/622/lei_762.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/622/lei_762.pdf</t>
   </si>
   <si>
     <t>INSTITUI A LEI DE DIRETRIZES URBANAS DO MUNICIPIO DE CERRITO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/623/lei_763.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/623/lei_763.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART 42 EM SEU INCISO III DA LEI  519 DE 2007 QUE REESTRUTURA O RPPS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/624/lei_764.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/624/lei_764.pdf</t>
   </si>
   <si>
     <t>ESTABELECE OS REQUISITOS PARA AS CONTRATAÇÕES TEMPORARIAS DE EXCEPCIONAL INTERESSE PUBLICO DE QUE TRATA O ART 237, INCISO III, DA LEI MUNICIPAL 308/2001</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/625/lei_765.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/625/lei_765.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART 3° DA LEI 127/98 QUE INSTITUI O CONSELHO MUNICIPAL DO MEIO AMBIENTE CMMA- DO MUNICIPIO DE CERRITO</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/626/lei_766.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/626/lei_766.pdf</t>
   </si>
   <si>
     <t>INSTITUI GRATIFICAÇÃO ADICIONAL AOS MOTORISTAS DESIGNADOS PARA DESEPENHAR SUAS FUNÇÕES JUNTO AO SERVIÇO DE TRANSPORTE EM AMBULANCIAS</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/627/lei_767.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/627/lei_767.pdf</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/628/lei_768.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/628/lei_768.pdf</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/629/lei_769.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/629/lei_769.pdf</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/630/lei_770.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/630/lei_770.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO PARA A VRM EM 8,64% PARA O EXERCICO DE 2011 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/631/lei_771.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/631/lei_771.pdf</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/632/lei_772.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/632/lei_772.pdf</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/633/lei_773.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/633/lei_773.pdf</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/634/lei_774.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/634/lei_774.pdf</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/635/lei_776.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/635/lei_776.pdf</t>
   </si>
   <si>
     <t>ALTERA A PARTE FINAL DO ARTIGO 5° DA LEI N° 660/2009</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/636/lei_777.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/636/lei_777.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CODIGO DO MEIO AMBIENTE DO MUNICIPIO DE CERRITO/RS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/637/lei_778.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/637/lei_778.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO ESTENDER O BENEFICIO CONSTANTE DA LEI 633/2009</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/638/lei_779.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/638/lei_779.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO PARA O IPTU EM 10% PARA O EXERCICIO DE 2011 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/639/lei_780.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/639/lei_780.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO III DA LEI MUNICIPAL 647/2009  DE 05 DE NOVEMBRO DE 2009 PPA</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/640/lei_781.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/640/lei_781.pdf</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/641/lei_782.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/641/lei_782.pdf</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/642/lei_784.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/642/lei_784.pdf</t>
   </si>
   <si>
     <t>CRIA O PADRÃO 12 NO ARTIGO 24 INCISO I DA LEI 442/2005</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/643/lei_785.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/643/lei_785.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE MEDICO CLINICO GERAL I</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/644/lei_786.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/644/lei_786.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE FARMACEUTICO</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/645/lei_787.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/645/lei_787.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA ATRIBUIÇÕES E REQUISITOS A CATEGORIA FUNCIONAL DE ATENDENTE DE FARMACIA</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/458/lei-593.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/458/lei-593.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONTRATAÇÃO TEMPORÁRIA DE CARÁTER EMERGENCIAL DE EXCEPCIONAL INTERESSE PUBLICO.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/459/lei-594.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/459/lei-594.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/460/lei-595.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/460/lei-595.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 19 DA LEI 442/2005, DE 04 DE NOVEMBRO DE 2005</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/461/lei-596.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/461/lei-596.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE CARÁTER EMERGENCIAL DE EXCEPCIONAL INTERESSE PUBLICO</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/462/lei-597.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/462/lei-597.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/463/lei-598.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/463/lei-598.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 3° DA LEI 442/2005, DE 04 DE NOVEMBRO DE 2005</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/464/lei-599.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/464/lei-599.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A DOAR RECURSOS A SANTA CASA DE PEDRO OSORIO</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/465/lei-600.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/465/lei-600.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE CARÁTER EMERGÊNCIAL DE EXCEPCIONAL INTERESSE PUBLICO</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/466/lei-601.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/466/lei-601.pdf</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/467/lei-602.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/467/lei-602.pdf</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/468/lei-603.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/468/lei-603.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O INDICE PARA A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES, DOS PROVENTOS DOS APOSENTADOS E DAS PENSÕES DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/469/lei-604.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/469/lei-604.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSPEÇÃO SANITARIA E INDUSTRIAL DOS PRODUTOS DE ORIGEM ANIMAL, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/470/lei-605.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/470/lei-605.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO AOS SERVIDORES MUNICIPAIS ATIVOS, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/471/lei-606.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/471/lei-606.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 87, DA LEI 308/2001, DE 27 DE DEZEMBRO DE 2001</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/472/lei-607.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/472/lei-607.pdf</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/473/lei_608.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/473/lei_608.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE CARÁTER EMERGENCIAL DE EXCEPCIONAL INTERESSE PÚBLICO</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/474/lei_609.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/474/lei_609.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR DAS DIÁRIAS E AJUDAS DE CUSTO AO PREFEITO, VICE PREFEITO E SERVIDORES DO MUNICÍPIO</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/475/lei_610.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/475/lei_610.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DE CERRITO, A CRIAR O GRUPO TÉCNICO DA VIGILÂNCIA SANITÁRIA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/476/lei_611.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/476/lei_611.pdf</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/477/lei_612.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/477/lei_612.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 42, EM SEU INCISO lll DA LEI 519 DE 2007 QUE REESTRUTURA O RPPS, E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/478/lei_613.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/478/lei_613.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSINAR USO REAL DE DIREITO COM O CENTRO COMUNITÁRIO DO PASSO DO VIEIRA</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/479/lei_614.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/479/lei_614.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 4º DA LEI 161 DE 1999 QUE CRIA O CONSELHO MUNICIPAL DE HABITAÇÃO E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/480/lei_615.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/480/lei_615.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO IX, DO ARTIGO 30, DA LEI ORGÂNICA DO MUNICÍPIO DE CERRITO</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/481/lei_616.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/481/lei_616.pdf</t>
   </si>
   <si>
     <t>ATRIBUI Á PRAÇA LOCALIZADA NA COHAB II O NOME DE "PRAÇA FABRICIO AIRES VIEIRA"</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/482/lei_617.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/482/lei_617.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO PARÁGRAFOS 1º E 2º, DO ART.107, DA LEI ORGÂNICA DO MUNICÍPIO DE CERRITO</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/483/lei_618.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/483/lei_618.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR, SOB FORMA DE CONSÓRCIO, UM TRANSMISSOR PARA REPETIDORA DE CANAL ALTERNATIVO</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/484/lei_619.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/484/lei_619.pdf</t>
   </si>
   <si>
     <t>ATRIBUI A TRAVESSA 01, DO BAIRRO COHAB II, EXISTENTE EM CERRITO/RS, O NOME DE RUA GERANDIR DE SOUZA RIBEIRO</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/485/lei_620.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/485/lei_620.pdf</t>
   </si>
   <si>
     <t>CRIA O GABINETE DE GESTÃO INTEGRADA MUNICIPAL DA SEGURANÇA PÚBLICA, ESTABELECE E AUTORIZA O PODER PÚBLICO A CONVENIAR-SE COM OS SISTEMAS ESTADUAL, FEDERAL E ORGANIZAÇÕES NÃO GOVERNAMENTAIS</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/486/lei_621.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/486/lei_621.pdf</t>
   </si>
   <si>
     <t>RATIFICA O PROTOCOLO DE INTENÇÕES SUBSCRITO PELO EXECUTIVO, PARA A CRIAÇÃO DE UM CONSORCIO PÚBLICO, A SER CONSTITUIDO PELOS MUNICÍPIOS DO ESTREMO SUL DO PAIS, COM COMPETENCIA VOLTADA A REALIZAÇÃODE OBJETIVOS DE INTERESSE COMUM</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/487/lei_622.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/487/lei_622.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/488/lei_623.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/488/lei_623.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART.115 DA LEI 308 DE 2001 DO REGIME JURIDICO DOS SERVIDORES MUNICIPAIS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/489/lei_624.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/489/lei_624.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSERVAÇÃO DO ACESSO AS SEDES DAS PROPRIEDADES RURAIS PRODUTIVAS</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/490/lei_625.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/490/lei_625.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS SERVIDORES ATIVOS, INATIVOS, E PENSIONISTAS DA CÂMARA MUNICIPAL, A REVISÃO GERAL ANUAL QUE TRATA A LEI Nº 544/2008, APLICANDO O INDICE FIXADO NA LEI N° 603/2009</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/491/lei_626.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/491/lei_626.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 3° DA LEI 518/2007, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/492/lei_627.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/492/lei_627.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONCESSÃO DE SUBVENÇOES, AUXILIOS FINANCEIROS E CONTRIBUIÇÕES E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/493/lei_628.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/493/lei_628.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CREDITO COM A CAIXA ESTADUAL S.A - AGENCIA FOMENTO - RS, COMO AGENTE DO SISTEMA BNDES PARA AQUISIÇÃO DE MAQUINAS E EQUIPAMENTOS RODOVIARIOS</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/494/lei_629.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/494/lei_629.pdf</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/495/lei_630.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/495/lei_630.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATÇÃO TEMPORARIA DE CARATER EMERGENCIAL DE EXCEPCIONAL INTERESSE PUBLICO</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/496/lei_631.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/496/lei_631.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CREDITO ESPECIAL NO ORÇAMENTO DO MUNICIPIO DE CERRITO PARA O EXERCICIO DE 2009</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/497/lei_632.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/497/lei_632.pdf</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/498/lei_633.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/498/lei_633.pdf</t>
   </si>
   <si>
     <t>APOIO NO SENTIDO DE DOTAR AS PROPRIEDADES RURAIS DE INFRAESTRUTURA PARA ENFRENTAR OS PERIODOS DE ESTIAGEM</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/499/lei_634.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/499/lei_634.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CREDITO ESPECIAL</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/500/lei_635.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/500/lei_635.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORARIA DE CARATER EXCEPCIONAL DE INTERESSE PUBLICO</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/501/lei_636.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/501/lei_636.pdf</t>
   </si>
   <si>
     <t>INCLUI O PARAGRAFO UNICO AO ART. 84 DA LEI ORGANICA DO MUNICIPIO DE CERRITO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/502/lei_637.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/502/lei_637.pdf</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/503/lei_638.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/503/lei_638.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO NOS VENCIMENTOS DOS CONSELHEIROS TUTELARES DO MUNICIPIO DE CERRITO</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/504/lei_639.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/504/lei_639.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORARIA DE CARATER EMERGENCIAL E DE EXCEPCIONAL INTERESSE PUBLICO</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/505/lei_640.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/505/lei_640.pdf</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/506/lei_641.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/506/lei_641.pdf</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/507/lei_642.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/507/lei_642.pdf</t>
   </si>
   <si>
     <t>INCLUI INCISO III AO ART.161 NA LEI N°308/2001 QUE INSTITUI O REGIME JURIDICO DOS SERVIDORE PÚBLICOS MUNICIPAIS DO MUNICIPIO DE CERRITO/RS</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/508/lei_643.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/508/lei_643.pdf</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/509/lei_644.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/509/lei_644.pdf</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/510/lei_645.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/510/lei_645.pdf</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/511/lei_646.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/511/lei_646.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A FABRICAÇÃO DE LINGUIÇA CASEIRA</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/512/lei_648.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/512/lei_648.pdf</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/513/lei_649.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/513/lei_649.pdf</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/514/lei_652.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/514/lei_652.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A REESTRUTURAÇÃO DA PREFEITURA MUNICIPAL DE CERRITO ALTERA O ART.19 E ART.24 INCISO II E INCISO III DA LEI 442/2005 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/515/lei_653.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/515/lei_653.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ARTIGO 3° DA LEI 442/2005 DE 04 DE NOVEMBRO DE 2005</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/516/lei_654.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/516/lei_654.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO NOS SUBSIDIOS DOS SECRETARIOS MUNICIPAIS, ALTERA PARCIALMENTE A REDAÇÃO DO ART 24, INCISO II, DA LEI 442/2005, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/517/lei_655.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/517/lei_655.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/518/lei_656.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/518/lei_656.pdf</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/519/lei_657.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/519/lei_657.pdf</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/520/lei_658.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/520/lei_658.pdf</t>
   </si>
   <si>
     <t>RESTABELECE, NO PLANO DE CLASSIFICAÇÃO DE CARGOS E FUNÇOES DA CAMARA DE VEREADORES DE CERRITO, O CARGO DE ASSESSOR LEGISLATIVO, BEM COMO REDEFINE, NO MESMO DIPLOMA LEGAL, O CARGO DE DIRETOR LEGISLATIVO REVOGAM SE AS LEIS MUNICIPAIS 532/2007 E 533/2007, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/521/lei_660.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/521/lei_660.pdf</t>
   </si>
   <si>
     <t>ALTERA O VALOR DA VRM PARA 75,00 PARA O EXERCICIO DE 2010 E ESTABELECE NOVOS PARAMETROS PARA O CODIGO TRIBUTARIO LEI 171/99</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/522/lei_661.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/522/lei_661.pdf</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/404/lei-538-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/404/lei-538-08.pdf</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/405/lei-539-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/405/lei-539-08.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL PARA CONSTRUÇÃO DE ESCOLA MUNICIPAL.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/406/lei-540-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/406/lei-540-08.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ASSINAR CONVENIO E REPASSAR MENSALMENTE R$ 6.000,00 PARA A SANTA CASA DE PEDRO OSÓRIO.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/407/lei-541-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/407/lei-541-08.pdf</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/408/lei-542-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/408/lei-542-08.pdf</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/409/lei-543-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/409/lei-543-08.pdf</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/410/lei-544-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/410/lei-544-08.pdf</t>
   </si>
   <si>
     <t>FIXA NORMAS PARA A REVISÃO GERAL E ANUAL DOS VENCIMENTOS E DOS SUBSÍDIOS DOS SERVIDORES PÚBLICOS MUNICIPAIS, DOS PROVENTOS DOS APOSENTADOS E DAS PENSÕES, E DOS SUBSÍDIOS DOS EXERCENTES DE MANDATO ELETIVO, DOS PODERES EXECUTIVO E LEGISLATIVO.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/411/lei-545-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/411/lei-545-08.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O ÍNDICE PARA A REVISÃO GERAL ANUAL DOS VENCIMENTOS E DOS SUBSÍDIOS  DOS SERVIDORES, DOS PROVENTOS DOS APOSENTADOS E DAS PENSÕES, DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/412/lei-546-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/412/lei-546-08.pdf</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/413/lei-547-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/413/lei-547-08.pdf</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/414/lei-548-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/414/lei-548-08.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS EXERCENTES DE MANDATO ELETIVO DE PREFEITO, VICE-PREFEITO, VEREADORES, E AOS SERVIDORES ATIVOS, INATIVOS E PENSIONISTAS DA CÂMARA MUNICIPAL, E AOS SECRETÁRIOS MUNICIPAIS, A REVISÃO GERAL ANUAL DE QUE TRATA A LEI MUNICIPAL Nº544/2008</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/415/lei-549-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/415/lei-549-08.pdf</t>
   </si>
   <si>
     <t>DA NOME A RUA EXISTENTE PARALELAMENTE ENTRE AS RUAS HUGO MARQUES PORTO E ELDA DE SOUZA DIAS, NO BAIRRO CRISTAL</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/416/lei-550-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/416/lei-550-08.pdf</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/417/lei-551-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/417/lei-551-08.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER O USO DE DEPENDÊNCIAS DE PRÉDIOS PÚBLICOS PARA INSTITUIÇÕES EDUCACIONAIS, CFCS CENTRO DE FORMAÇÃO DE CONDUTORES, CURSOS PREPARATÓRIOS PARA VESTIBULAR E OUTROS.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/418/lei-552-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/418/lei-552-08.pdf</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/419/lei-553-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/419/lei-553-08.pdf</t>
   </si>
   <si>
     <t>INCLUI NA LEI Nº 439/2005, QUE TRATA DO PLANO PLURIANUAL DE INVESTIMENTOS PARA O EXERCÍCIO DE 2006 A 2009, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/420/lei-554-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/420/lei-554-08.pdf</t>
   </si>
   <si>
     <t>INCLUI NA LEI Nº 513/2007, QUE TRATA DA LEI DE DIRETRIZES ORÇAMENTARIAS PARA O EXERCÍCIO DE 2008, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/421/lei-555-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/421/lei-555-08.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO ESPECIAL</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/422/lei-556-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/422/lei-556-08.pdf</t>
   </si>
   <si>
     <t>DÁ NOME DE VICTOR MARQUES PORTO A CENTRO ESPORTIVO</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/423/lei-557-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/423/lei-557-08.pdf</t>
   </si>
   <si>
     <t>ALTERA O NOME DA RUA JOÃO ANTUARTE LA ROSA, EXISTENTE NO LOTEAMENTO COHAB II EM DUPLICIDADE, PARA SÔNIA REGINA VILELLA NOVA CRUZ BANDEIRA</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/424/lei-558-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/424/lei-558-08.pdf</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/425/lei-559-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/425/lei-559-08.pdf</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/426/lei-560-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/426/lei-560-08.pdf</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/427/lei-562-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/427/lei-562-08.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ART. 1º DA LEI 437/2005</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/428/lei-563-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/428/lei-563-08.pdf</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/429/lei-564-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/429/lei-564-08.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO A ALINEA B, INCISO II DO ARTIGO 4º DA LEI 161/1999, DE 15 DE SETEMBRO DE 1999</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/430/lei-565-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/430/lei-565-08.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE CARÁTER EMERGENCIAL DE EXCEPCIONAL INTERESSE PUBLICO.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/431/lei-566-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/431/lei-566-08.pdf</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ARTIGO 5º DA LEI 470/2006, DE 09 DE OUTUBRO DE 2006</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/432/lei-567-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/432/lei-567-08.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A FIXAR VALOR HORA MAQUINA TRABALHADA E TRANSPORTE DE AREIA</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/433/lei-568-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/433/lei-568-08.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A RECEBER BENS NA LOCALIDADE DE VILA FREIRE EM DOAÇÃO PARA PAGAMENTO DE DIVIDA</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/434/lei-569-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/434/lei-569-08.pdf</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/435/lei-570-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/435/lei-570-08.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/436/lei-571-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/436/lei-571-08.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO IX, DO ARTIGO 30, DA LEI ORGÂNICA DO MUNICÍPIO DE CERRITO.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/437/lei-572-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/437/lei-572-08.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO PARÁGRAFO ÚNICO DO ARTIGO 73, DA LEI ORGÂNICA DO MUNICÍPIO DE CERRITO.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/438/lei-573-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/438/lei-573-08.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/439/lei-574-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/439/lei-574-08.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS VEREADORES E DO PRESIDENTE DA CÂMARA MUNICIPAL DE VEREADORES, PARA O PERÍODO 2009/2012, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/440/lei-575-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/440/lei-575-08.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO, E VICE-PREFEITO, PARA O PERÍODO 2009/2012,  E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/441/lei-577-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/441/lei-577-08.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ADQUIRIR QUATRO TERRENOS NO BAIRRO COHAB II</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/442/lei-578-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/442/lei-578-08.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE TERRENO NA VILA FREIRE</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/443/lei-579-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/443/lei-579-08.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO ALIENAR UM TERRENO E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/444/lei-580-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/444/lei-580-08.pdf</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/445/lei-581-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/445/lei-581-08.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CERRITO, RS, PARA O EXERCÍCIO DE 2009</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/446/lei-582-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/446/lei-582-08.pdf</t>
   </si>
   <si>
     <t>TORNA ESSENCIAL O SERVIÇO DE VIGILÂNCIA MUNICIPAL</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/448/lei-584-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/448/lei-584-08.pdf</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/449/lei-585-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/449/lei-585-08.pdf</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/450/lei-586-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/450/lei-586-08.pdf</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/451/lei-587-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/451/lei-587-08.pdf</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/452/lei-588-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/452/lei-588-08.pdf</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/453/lei-589-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/453/lei-589-08.pdf</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/454/lei-590-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/454/lei-590-08.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A OUTORGAR CONCESSÃO DE USO DE BEM IMÓVEL DO DOMÍNIO MUNICIPAL PARA A ASSOCIAÇÃO DOS OLEIROS DE CERRITO E ESCOLA DE SAMBA CAPRICHOSOS DA ZONA NORTE.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/455/lei-591-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/455/lei-591-08.pdf</t>
   </si>
   <si>
     <t>DÁ NOME A ULTIMA RUA EXISTENTE ENTRE A AVENIDA FLORES DA CUNHA E A RUA JOSÉ BERNABÉ DE SOUZA, EXISTENTE NO BAIRRO OASIS.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/456/lei-592-08.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/456/lei-592-08.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO PARA O VRM EM 11,31% ONZE VIRGULA TRINTA E UM POR CENTO, PARA O EXERCÍCIO DE 2009 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/395/lei-501-07.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/395/lei-501-07.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 115 DA LEI 308 DE 2001 DO REGIME JURÍDICO DOS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/396/lei-516-07.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/396/lei-516-07.pdf</t>
   </si>
   <si>
     <t>REVOGA DISPOSITIVOS DA LEI ORGÂNICA DO MUNICÍPIO DE CERRITO/RS</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/397/lei-518-07.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/397/lei-518-07.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA A DIVISÃO DE TRÂNSITO NA ESTRUTURA DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FINANÇAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/398/lei-519-07.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/398/lei-519-07.pdf</t>
   </si>
   <si>
     <t>REESTRUTURA O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE CERRITO/RS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/399/lei-520-07.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/399/lei-520-07.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE RUÍDOS OU BENS EXCESSIVOS OU INCÔMODOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/400/lei-527-07.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/400/lei-527-07.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ESTÁGIO DE ESTUDANTES EM ÓRGÃOS DA ADMINISTRAÇÃO MUNICIPAL</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/401/lei-529-07.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/401/lei-529-07.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CERRITO, RS, PARA O EXERCÍCIO DE 2008</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/402/lei-532-07.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/402/lei-532-07.pdf</t>
   </si>
   <si>
     <t>ALTERA E CORRIGE A LEI MUNICIPAL Nº 439/2005, ATRIBUINDO NOVA DESIGNAÇÃO E PADRÃO REMUNERATÓRIO DESIGNADO PELO Nº CC-3, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/403/lei-533-07.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/403/lei-533-07.pdf</t>
   </si>
   <si>
     <t>ALTERA E CORRIGE A LEI MUNICIPAL Nº 436/2005 ATRIBUINDO NOVA DESIGNAÇÃO E PADRÃO REMUNERATÓRIO DESIGNADO PELO Nº CC-6, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/367/lei-417-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/367/lei-417-05.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE CARÁTER EMERGENCIAL DE EXCEPCIONAL INTERESSE PÚBLICO.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/368/lei-418-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/368/lei-418-05.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO ASSINAR CONVÊNIO COM O GOVERNADOR DO ESTADO DO RIO GRANDE DO SUL PARA CONSTRUÇÃO DE CASAS POPULARES, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/369/lei-419-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/369/lei-419-05.pdf</t>
   </si>
   <si>
     <t>DENOMINA A ESTAÇÃO RODOVIÁRIA COMO "ARGEU PEREIRA DUARTE"</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/370/lei-420-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/370/lei-420-05.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 413/2004, QUE TRATA DAS DIRETRIZES ORÇAMENTARIAS PARA O EXERCÍCIO DE 2005, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/371/lei-421-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/371/lei-421-05.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL PARA AQUISIÇÃO DE AMBULÂNCIA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/372/lei-422-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/372/lei-422-05.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL POR REDUÇÃO DE DOTAÇÃO PARA AQUISIÇÃO DE AMBULÂNCIA E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/373/lei-423-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/373/lei-423-05.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL POR REDUÇÃO DE DOTAÇÃO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/374/lei-424-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/374/lei-424-05.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 308/2001, QUE TRATA DO REGIME JURÍDICO ÚNICO DOS SERVIDORES MUNICIPAIS, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/375/lei-425-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/375/lei-425-05.pdf</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/376/lei-426-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/376/lei-426-05.pdf</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/377/lei-427-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/377/lei-427-05.pdf</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/378/lei-428-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/378/lei-428-05.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 2º E O  §  1º DA LEI 204/2000, DE 09 DE SETEMBRO DE 2000</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/379/lei-429-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/379/lei-429-05.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A TRAVESSA 08, DO BAIRRO COHAB II, EXISTENTE EM CERRITO/RS</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/380/lei-430-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/380/lei-430-05.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE PADRÕES DE VENCIMENTOS</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/381/lei-431-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/381/lei-431-05.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CARGOS DE PROVIMENTO EFETIVO</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/382/lei-432-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/382/lei-432-05.pdf</t>
   </si>
   <si>
     <t>CONCEDE EQUIPARAÇÃO SALARIAL AOS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS ATIVOS, INATIVOS E PENSIONISTAS</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/383/lei-433-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/383/lei-433-05.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL DE PROPRIEDADE DO MUNICÍPIO, DESTINADO A CONSTRUÇÃO DE QUIOSQUE PARA VENDA DE PRODUTOS COLONIAIS, COM RECURSOS DO RS ESPECIAL PAMPA, DO ESTADO DO RIO GRANDE DO SUL.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/384/lei-434-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/384/lei-434-05.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PRORROGAÇÃO DOS CONTRATOS TEMPORÁRIA DE CARÁTER EMERGENCIAL DE EXCEPCIONAL INTERESSE PÚBLICO.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/385/lei-435-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/385/lei-435-05.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO PARA PRESTAÇÃO DE MÚTUA COLABORAÇÃO COM O TRIBUNAL REGIONAL ELEITORAL.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/386/lei-436-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/386/lei-436-05.pdf</t>
   </si>
   <si>
     <t>CRIA O PADRÃO DE PROVIMENTO DE CARGO EM COMISSÃO CC-6 BEM COMO A RESPECTIVA REMUNERAÇÃO ATINENTES AO LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/387/lei-437-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/387/lei-437-05.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A CELEBRAR PARCELAMENTO DE DÍVIDA PARA COM A CEEE E A CORSAN E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/388/lei-438-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/388/lei-438-05.pdf</t>
   </si>
   <si>
     <t>CRIA A COORDENADORIA MUNICIPAL DE DEFESA CIVIL-COMDEC- DE CERRITO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/389/lei-439-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/389/lei-439-05.pdf</t>
   </si>
   <si>
     <t>DISPÕES SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO 2006-2009 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/390/lei-440-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/390/lei-440-05.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR TERMO DE COMODATO COM O ESPORTE CLUBE CONCÓRDIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/391/lei-441-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/391/lei-441-05.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO PARA A VRM EM 1,96 % PARA O EXERCÍCIO DE 2006 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/392/lei-442-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/392/lei-442-05.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DESENVOLVER AÇÕES E APORTE DE CONTRA PARTIDA MUNICIPAL PARA IMPLEMENTAR O PROGRAMA CARTA DE CRÉDITO - RECURSOS FGTS NA MODALIDADE PRODUÇÃO DE UNIDADES HABITACIONAIS, OPERAÇÕES COLETIVAS, REGULAMENTADO PELA RESOLUÇÃO DO CONSELHO CURADOR DO FGTS NÚMERO 291/98 COM AS ALTERAÇÕES DA RESOLUÇÃO Nº 460/2004  DE 14 DEZ 04, PUBLICADA NO D O U EM 20 DEZ 04 E INSTRUÇÕES NORMATIVAS DO MINISTÉRIO DAS CIDADES E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/393/lei-443-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/393/lei-443-05.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR CONCURSO PÚBLICO</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/394/lei-444-05.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/394/lei-444-05.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CERRITO, RS, PARA O EXERCÍCIO DE 2006</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/342/lei-386-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/342/lei-386-04.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR ACORDO DE PARCELAMENTO DE DIVIDA PARA COM O FUNDO DE GARANTIA DO TEMPO DE SERVIÇO, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/343/lei-387-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/343/lei-387-04.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A LEILOAR MATERIAL</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/344/lei-388-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/344/lei-388-04.pdf</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/345/lei-389-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/345/lei-389-04.pdf</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/346/lei-390-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/346/lei-390-04.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A VENDER TERRENO</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/347/lei-391-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/347/lei-391-04.pdf</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/348/lei-392-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/348/lei-392-04.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AO PARQUE MUNICIPAL DE RODEIOS</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/349/lei-393-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/349/lei-393-04.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO ESTRUTURAÇÃO E FUNCIONAMENTO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO - COMUDE</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/350/lei-394-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/350/lei-394-04.pdf</t>
   </si>
   <si>
     <t>CRIA CATEGORIAS FUNCIONAIS DE MOTORISTA E AUXILIAR DE ENFERMAGEM COM CRIAÇÃO DE SEUS RESPECTIVOS CARGOS E ESTABELECE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/351/lei-395-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/351/lei-395-04.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO EMERGENCIAL DE SERVIDORES E ESTABELECE OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/352/lei-396-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/352/lei-396-04.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE MOTORISTA, OPERADOR DE MÁQUINA E ASSISTENTE SOCIAL E ESTABELECE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/353/lei-397-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/353/lei-397-04.pdf</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/354/lei-398-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/354/lei-398-04.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCORPORAÇÃO DE FUNÇÕES GRATIFICADAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/355/lei-399-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/355/lei-399-04.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO DE IPTU DOS TERRENOS ATINGIDOS POR CÓRREGO E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/356/lei-400-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/356/lei-400-04.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 98 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/357/lei-401-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/357/lei-401-04.pdf</t>
   </si>
   <si>
     <t>CONCEDE EQUIPARAÇÃO SALARIAL AOS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS ATIVOS, INATIVOS E PENSIONISTAS.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/358/lei-402-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/358/lei-402-04.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PARTICIPAÇÃO DO MUNICÍPIO DE CERRITO NO CONSÓRCIO INTERMUNICIPAL PARA GESTÃO DAS BACIAS DOS RIOS PIRATINI E SANTA MARIA/BASILIO - PCHSUL-G7</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/359/lei-403-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/359/lei-403-04.pdf</t>
   </si>
   <si>
     <t>INSTITUI A COMISSÃO MUNICIPAL DE EMPREGO E AUTORIZA A ASSINATURA DE TERMO DE ADESÃO AO ACORDO DE COOPERAÇÃO TÉCNICA CELEBRADO ENTRE BANCO DO BRASIL S. A. E FAMURS E ESTABELECE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/360/lei-405-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/360/lei-405-04.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O SERVIDOR INATIVO OU LICENCIADO A PERMANECER CONVENIADO AO PIAS</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/361/lei-406-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/361/lei-406-04.pdf</t>
   </si>
   <si>
     <t>PRORROGA O PRAZO DO CONVÊNIO FIRMADO COM O LAR SÃO FRANCISCO DE ASSIS</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/362/lei-409-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/362/lei-409-04.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 18, INCISO V E ARTIGO 23 DA LEI MUNICIPAL Nº 274/2001, QUE DISPÕE SOBRE A POLÍTICA MUNICIPAL DE PROTEÇÃO AOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, CRIA O CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE , O CONSELHO TUTELAR, O FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/363/lei-410-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/363/lei-410-04.pdf</t>
   </si>
   <si>
     <t>INCLUI PARAGRAFO ÚNICO, AO ART. 5º DA LEI Nº 004/97, QUE FIXA O VALOR DAS DIÁRIAS E AJUDAS DE CUSTO DO PREFEITO, VICE PREFEITO E SERVIDORES EM GERAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/364/lei-411-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/364/lei-411-04.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO ASSINAR CONVÊNIO COM O GOVERNO DO ESTADO DO RIO GRANDE DO SUL PARA CONSTRUÇÃO DE CASAS POPULARES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/365/lei-412-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/365/lei-412-04.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL PARA AQUISIÇÃO DE DOIS VEÍCULOS PARA TRANSPORTE ESCOLAR E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/366/lei-416-04.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/366/lei-416-04.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE CERRITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/322/lei-362-03.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/322/lei-362-03.pdf</t>
   </si>
   <si>
     <t>ALTERA PADRÃO DE VENCIMENTO DO ASSESSOR JURÍDICO DE CC4 PARA CC6</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/325/lei-363-03.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/325/lei-363-03.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 15º DA LEI Nº 327/2002, QUE TRATA DA INSTITUIÇÃO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE CERRITO,  E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/326/lei-364-03.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/326/lei-364-03.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA  DE CREDITO ESPECIAL NO VALOR DE R$ 336.390,11 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/327/lei-365-03.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/327/lei-365-03.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA DE CONTROLE INTERNO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/328/lei-366-03.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/328/lei-366-03.pdf</t>
   </si>
   <si>
     <t>PRORROGA O PRAZO PARA ARRECADAÇÃO DA PARCELA ÚNICA DO IPTU, ISSQN E TAXA DE FISCALIZAÇÃO</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/329/lei-367-03.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/329/lei-367-03.pdf</t>
   </si>
   <si>
     <t>EXTINGUE CATEGORIAS FUNCIONAIS COM SEUS RESPECTIVOS CARGOS, NO QUADRO DE CARGOS E FUNÇÕES DO MUNICÍPIO, DA LEI Nº 318/02</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/330/lei-368-03.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/330/lei-368-03.pdf</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/331/lei-369-03.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/331/lei-369-03.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSINAR TERMO DE COMODATO COM O SENHOR LUIZ MASCARENHAS ALVES PEREIRA</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/332/lei-371-03-.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/332/lei-371-03-.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL O EMPRÉSTIMO DE TERRENO DE 100m² A FAMILIAS BENEFICIADAS COM RECURSOS DO RS-RURAL_x000D_
 _x000D_
 REAVALIA O PADRÃO DO CARGO DE ASSESSOR LEGISLATIVO DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/333/lei-372-03.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/333/lei-372-03.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A ASSISTÊNCIA JUDICIÁRIA GRATUITA MANTIDA PELO MUNICÍPIO DE CERRITO.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/334/lei-373-03.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/334/lei-373-03.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PERMUTAR MATERIAL RESTANTE DA ESCOLA MUNICIPAL EMERNCIANO DOS SANTOS POR, NO MÍNIMO, 257 SACOS, DE 50 QUILOS, DE CIMENTO.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/335/lei-379-03.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/335/lei-379-03.pdf</t>
   </si>
   <si>
     <t>CRIA ESPAÇO CULTURAL EM HOMENAGEM A SENHORITA CINARA SILÉSIA LEAL VERGARA</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/336/lei-380-03.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/336/lei-380-03.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DOAR TERRENOS DE PROPRIEDADE DO MUNICÍPIO OCUPADOS COM MORADIAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/337/lei-381-03.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/337/lei-381-03.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO CAPÍTULO II DO TÍTULO II DO CÓDIGO TRIBUTÁRIO DO MUNICÍPIO, ESTABELECIDO PELA LEI N° 173/99 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/338/lei-382-03.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/338/lei-382-03.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A ASSISTÊNCIA JUDICIÁRIA GRATUITA MANTIDA PELO MUNICÍPIO DE CERRITO</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/339/lei-383-03.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/339/lei-383-03.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEI DE DIRETRIZES ORÇAMENTARIAS DO MUNICÍPIO DE CERRITO PARA O EXERCÍCIO DE 2004</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/340/lei-384-03.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/340/lei-384-03.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO PARA A VRM EM 11,56% PARA O EXERCÍCIO DE 2004 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/341/lei-385-03.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/341/lei-385-03.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CERRITO, RS, PARA O EXERCÍCIO DE 2004</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/270/lei-310-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/270/lei-310-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE AUXILIARES DE ENFERMAGEM, EM CARÁTER EMERGENCIAL, DE EXCEPCIONAL INTERESSE PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/271/lei-311-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/271/lei-311-02.pdf</t>
   </si>
   <si>
     <t>DEFINE AS ATIVIDADES INSALUBRES E PERIGOSAS PARA EFEITOS DE PERCEPÇÃO DO ADICIONAL CORRESPONDENTE.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/272/lei-312-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/272/lei-312-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE DENTISTAS, EM CARÁTER EMERGÊNCIAL, DE EXCEPCIONAL INTERESSE PÚBLICO, REVOGANDO AS LEIS N° 269/01 DE 26/06/01 E N° 297/01 DE 08/11/01 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/273/lei-313-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/273/lei-313-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSINAR TERMO DE COMODATO COM A CORSAN - COMPANHIA RIOGRANDENSE DE SANEAMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/274/lei-314-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/274/lei-314-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CEDÊNCIA DO PRÉDIO DA ESCOLA MUNICIPAL ALFREDO DIAS PARA A SENHORA NEUZA MARIA LIMA DE AVILA</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/275/lei-315-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/275/lei-315-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PERMUTAR MATERIAL RESTANTE DO PRÉDIO DA ESCOLA MUNICIPAL SANTO ANTÔNIO POR DEZ MIL TIJOLOS MACIÇOS.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/276/lei-316-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/276/lei-316-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO EMERGENCIAL DE EXCEPCIONAL INTERESSE PÚBLICO,  PARA FINS DO CADASTRAMENTO PARA O CARTÃO SUS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/277/lei-317-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/277/lei-317-02.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 2°, DA LEI N° 316/2002, DE 08/03/2002</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/278/lei-318-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/278/lei-318-02.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 3° DA LEI 131/98 DE 29 DE DEZEMBRO DE 1998</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/279/lei-319-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/279/lei-319-02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O QUADRO ESPECIAL EM EXTINÇÃO</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/280/lei-320-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/280/lei-320-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/281/lei-321-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/281/lei-321-02.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1°, DA LEI MUNICIPAL N° 310/02 DE 14/02/02</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/282/lei-322-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/282/lei-322-02.pdf</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/283/lei-323-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/283/lei-323-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PARTICIPAR DE PROJETOS DE ELETRIFICAÇÃO RURAL.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/284/lei-324-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/284/lei-324-02.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL A FUNCIONÁRIOS</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/285/lei-325-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/285/lei-325-02.pdf</t>
   </si>
   <si>
     <t>CONCEDE FERIADO MUNICIPAL NO DIA 07/10 EM COMEMORAÇÃO A PADROEIRA DO MUNICÍPIO</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/286/lei-326-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/286/lei-326-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O AUMENTO DA GRATIFICAÇÃO PARA O CONSELHO TUTELAR.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/287/lei-327-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/287/lei-327-02.pdf</t>
   </si>
   <si>
     <t>ESTA LEI DISPÕE SOBRE A INSTITUIÇÃO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE CERRITO - ESTADO DO RIO GRANDE DO SUL, SEGUNDO AS NORMAS DA LEI 9717/98, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/288/lei-328-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/288/lei-328-02.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 288/2001, QUE TRATA DO PLANO PLURIANUAL DE INVESTIMENTOS PARA O EXERCÍCIO DE 2002 A 2005, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/289/lei-329-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/289/lei-329-02.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 300/2001, QUE TRATA DAS DIRETRIZES ORÇAMENTARIAS PARA O EXERCÍCIO DE 2002, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/290/lei-330-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/290/lei-330-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AQUISIÇÃO DE EQUIPAMENTOS E A CONTRATAÇÃO DE PRESTAÇÃO DE SERVIÇO TÉCNICO PEDAGÓGICO PARA A IMPLANTAÇÃO DE PROJETO DE INFORMÁTICA EDUCATIVA NA REDE DE ENSINO MUNICIPAL, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/291/lei-331-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/291/lei-331-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PERMUTAR MATERIAL RESTANTE DO PRÉDIO DA ESCOLA DINORA MARTINS POR, NO MÍNIMO, 200 SACOS, DE 25 QUILOS, DE CIMENTO.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/292/lei-332-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/292/lei-332-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PERMUTAR MATERIAL RESTANTE DO PRÉDIO DA ESCOLA DO ALTO DO PORTINHO POR, NO MÍNIMO, 360 SACOS, DE 25 QUILOS, DE CIMENTO.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/293/lei-333-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/293/lei-333-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE ENFERMEIRO PADRÃO, EM CARATER EMERGENCIAL, DE EXCEPCIONAL INTERESSE PÚBLICO.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/294/lei-334-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/294/lei-334-02.pdf</t>
   </si>
   <si>
     <t>CONCEDE BOLSA DE ESTUDOS A PROFESSORES MUNICIPAIS</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/295/lei-335-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/295/lei-335-02.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 238, DA LEI MUNICIPAL N° 308/2001, DE 27/12/01</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/296/lei-336-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/296/lei-336-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PERMUTAR 30 PLANCHÕES DE MADEIRA POR 12 HORAS MÁQUINA</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/297/lei-337-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/297/lei-337-02.pdf</t>
   </si>
   <si>
     <t>TRANSFORMA EM LOTE URBANO A PROJEÇÃO DE TRAVESSA DA RUA SIRIACA VERGARA LOCALIZADA ENTRE AS QUADRAS "G" E "E" NO BAIRRO CRISTAL.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/298/lei-338-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/298/lei-338-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PERMUTAR AREIA E SERVIÇOS, POR TIJOLOS, COM OLARIAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/299/lei-339-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/299/lei-339-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE ADESÃO AO SERVIÇO VOLUNTÁRIO</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/300/lei-340-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/300/lei-340-02.pdf</t>
   </si>
   <si>
     <t>CRIA O REGULAMENTO PARA EMPRÉSTIMO DO ACERVO DA BIBLIOTECA PÚBLICA MUNICIPAL DE CERRITO - RS</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/301/lei-341-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/301/lei-341-02.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE MOTORISTA</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/302/lei-342-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/302/lei-342-02.pdf</t>
   </si>
   <si>
     <t>DESIGNA A DATA DE ANIVERSÁRIO DA BIBLIOTECA PÚBLICA DE CERRITO.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/303/lei-343-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/303/lei-343-02.pdf</t>
   </si>
   <si>
     <t>CRIA CENTRO DE ATENDIMENTO A PESSOAS PORTADORAS DE DEFICIÊNCIAS</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/304/lei-344-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/304/lei-344-02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO DE TRIBUTOS DA ÁREA DO CAMPING MUNICIPAL, DE PROPRIEDADE DA SENHORA IARA REGINA SOUZA DOS REIS</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/305/lei-345-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/305/lei-345-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALUGAR IMÓVEL PARA ABRIGAR A BRIGADA MILITAR</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/306/lei-346-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/306/lei-346-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL, A PARCELAR DIVIDA EXISTENTE COM A CORSAN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/307/lei-347-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/307/lei-347-02.pdf</t>
   </si>
   <si>
     <t>PRORROGA POR MAIS 30 (TRINTA) DIAS A CONTRATAÇÃO DE 02 PROFESSORES.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/308/lei-348-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/308/lei-348-02.pdf</t>
   </si>
   <si>
     <t>PRORROGA O ALUGUEL DO IMÓVEL E CEDÊ-LO À SECRETARIA DA AGRICULTURA E ABASTECIMENTO DO ESTADO PARA A INSTALAÇÃO DA INSPETORIA VETERINÁRIA</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/309/lei-349-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/309/lei-349-02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEI DE DIRETRIZES ORÇAMENTARIAS DO MUNICÍPIO DE CERRITO PARA O EXERCICIO DE 2003</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/310/lei-350-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/310/lei-350-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PRORROGAÇÃO DE CONTRATO DE ENFERMEIRA PADRÃO, EM CARÁTER EMERGENCIAL, DE EXCEPCIONAL INTERESSE PÚBLICO</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/311/lei-351-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/311/lei-351-02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO, PERMISSÃO E AUTORIZAÇÃO DE TRANSPORTE COLETIVO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/312/lei-352-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/312/lei-352-02.pdf</t>
   </si>
   <si>
     <t>TORNA-SE OBRIGATÓRIO O USO DE PLANILHAS DE CONTROLE DE QUILOMETRAGEM E ABASTECIMENTO DE VIATURAS.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/313/lei-353-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/313/lei-353-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A EMPRESA TAVARES TURISMO A EXPLORAR DE FORMA PRECÁRIA, OS ITINERÁRIOS CRIADOS PELO DECRETO MUNICIPAL N° 647, DE 13/12/02</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/314/lei-354-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/314/lei-354-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO PARA A VRM EM 19,42% PARA O EXERCÍCIO DE 2003 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/315/lei-355-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/315/lei-355-02.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 349/2002, QUE TRATA DAS DIRETRIZES ORÇAMENTARIAS PARA O EXERCÍCIO 2003, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/316/lei-356-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/316/lei-356-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A LEILOAR O PRÉDIO DA ESCOLA MUNICIPAL EMERENCIANO DOS SANTOS POR, NO MÍNIMO, 257 SACOS, DE 50 QUILOS, DE CIMENTO.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/317/lei-357-02.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/318/lei-358-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/317/lei-357-02.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/318/lei-358-02.pdf</t>
   </si>
   <si>
     <t>EXTINGUE CATEGORIAS FUNCIONAIS COM SEUS RESPECTIVOS CARGOS, NO QUADRO DE CARGOS E FUNÇÕES DO MUNICÍPIO, DA LEI N° 318/02</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/319/lei-359-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/319/lei-359-02.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CERRITO A CELEBRAR CONTRATOS DE TERCERIZAÇÃO DE SERVIÇOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/320/lei-360-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/320/lei-360-02.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CERRITO, RS, PARA O EXERCÍCIO DE 2003</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/321/lei-361-02.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/321/lei-361-02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMISSÃO E A COBRANÇA DE CRÉDITOS TRIBUTÁRIOS E NÃO TRIBUTÁRIO, INSCRITOS OU NÃO EM DIVIDA ATIVA, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/112/lei-218-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/112/lei-218-01.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 25, DA LEI N 131/98 DE 29 DE DEZEMBRO DE 1998</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/113/lei-219-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/113/lei-219-01.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 2º. DA LEI Nº 202/2000 DE 09 DE SETEMBRO DE 2000</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/114/lei-220-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/114/lei-220-01.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º, DA LEI Nº 203/2000, DE 09 DE SETEMBRO DE 2000</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/115/lei-221-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/115/lei-221-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRAÇÃO DE PRESTAÇÃO DE SERVIÇOS, POR 120 DIAS, DE EXCEPCIONAL INTERESSE PÚBLICO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/116/lei-222-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/116/lei-222-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE SERVIDORES, POR 30 DIAS, DE EXCEPCIONAL INTERESSE PÚBLICO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/117/lei-223-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/117/lei-223-01.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 149 E 157 DA LEI MUNICIPAL Nº 173/99 DE 01 DE DEZEMBRO DE 1999.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/118/lei-224-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/118/lei-224-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA EMPRÉSTIMO DO PRÉDIO DA ESCOLA MUNICIPAL EULÁLIA RODRIGUES VIEIRA ATÉ O DIA 31 DE DEZEMBRO DE 2001 PARA A SENHORA GLEIVA REGINA VIEIRA OLIVEIRA.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/119/lei-226-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/119/lei-226-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PARCELAR EM 24 MESES A DÍVIDA COM O INSS</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/120/lei-230-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/120/lei-230-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/121/lei-231-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/121/lei-231-01.pdf</t>
   </si>
   <si>
     <t>PRORROGA POR 30 (TRINTA) DIAS A CONTRATAÇÃO DE 20 OPERÁRIOS</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/122/lei-232-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/122/lei-232-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSINAR CONVÊNIO COM A EMATER/RS – ASCAR</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/123/lei-233-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/123/lei-233-01.pdf</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/124/lei-234-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/124/lei-234-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EMPRÉSTIMO DO PRÉDIO DA ESCOLA MUNICIPAL DO ALTO DO PORTINHO ATÉ 31 DE DEZEMBRO DE 2001, AO SENHOR WALDOMIRO SOARES.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/125/lei-235-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/125/lei-235-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM A EMPRESA BRASILEIRA DE CORREIOS E TELÉGRAFOS</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/126/lei-236-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/126/lei-236-01.pdf</t>
   </si>
   <si>
     <t>ALTERA O PERCENTUAL DAS ALÍNEAS a e b, do ITEM 5 DO ANEXO II, DA LEI MUNICIPAL Nº173/99, DE 01 DE DEZEMBRO DE 1999</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/127/lei-237-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/127/lei-237-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A COMPRAR JUNTAMENTE COM O MUNICÍPIO DE PEDRO OSÓRIO UMA TORRE TE-250-30, PARA INSTALAÇÃO DOS CANAIS DE TELEVISÃO SBT E BANDEIRANTES.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/128/lei-238-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/128/lei-238-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL NO VALOR DE R$ 57.958,32 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/129/lei-239-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/129/lei-239-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL NO VALOR DE R$8.800,00 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/130/lei-240-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/130/lei-240-01.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 215/2000, QUE TRATA DAS DIRETRIZES ORÇAMENTARIAS PARA O EXERCÍCIO 2001, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/131/lei-241-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/131/lei-241-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL NO VALOR DE R$ 2.000,00 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/132/lei-244-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/132/lei-244-01.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL DE 20% (VINTE POR CENTO) AOS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS ATIVOS E INATIVOS</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/133/lei-245-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/133/lei-245-01.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL DE 20% (VINTE POR CENTO) AOS SECRETÁRIOS MUNICIPAIS DO MUNICÍPIO DE CERRITO.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/134/lei-246-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/134/lei-246-01.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE GARANTIA DE RENDA ASSOCIADO A AÇÕES SÓCIO-EDUCATIVAS E DETERMINA OUTRAS PROVIDÊNCIAS – BOLSA ESCOLA</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/135/lei-247-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/135/lei-247-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR QUATRO LONGARINAS DE FERRO PARA A IGREJA CATÓLICA DO CERRITO</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/136/lei-248-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/136/lei-248-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O ESTADO DO RIO GRANDE DO SUL, ATRAVÉS DA SECRETARIA DA JUSTIÇA E DA SEGURANÇA.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/137/lei-249-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/137/lei-249-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PAGAR PROCEDIMENTOS AO MÉDICO DO MUNICÍPIO CREDENCIADO PELO SUS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/138/lei-250-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/138/lei-250-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ESCRITURAR OS TERRENOS DA COHAB II</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/139/lei-252-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/139/lei-252-01.pdf</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/140/lei-253-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/140/lei-253-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 15.000,00, PARA A AQUISIÇÃO DE 01 ÔNIBUS PARA O TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/141/lei-254-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/141/lei-254-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE PRESTAÇÃO DE SERVIÇOS POR 12 MESES DE EXPECIONAL INTERESSE PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/142/lei-255-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/142/lei-255-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE UM PROFESSOR DE EDUCAÇÃO FÍSICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/143/lei-256-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/143/lei-256-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INSTALAÇÃO DA TORRE RECEPTORA DE CANAIS DE TELEVISÃO NO LOTEAMENTO CRISTAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/144/lei-257-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/144/lei-257-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALUGAR UM IMÓVEL E CEDÊ-LO À SECRETARIA DA AGRICULTURA E ABASTECIMENTO DO ESTADO PARA A INSTALAÇÃO DA INSPETORIA VETERINÁRIA.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/145/lei-258-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/145/lei-258-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSINAR CONVÊNIO COM A UCPEL – UNIVERSIDADE CATÓLICA DE PELOTAS</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/146/lei-259-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/146/lei-259-01.pdf</t>
   </si>
   <si>
     <t>TRANSFERE AS DESPESAS COM O POÇO PROFUNDO DO PASSO DO SANTANA PARA A REFERIDA COMUNIDADE.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/147/lei-260-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/147/lei-260-01.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 8º E 28, DA LEI MUNICIPAL Nº131/98, DE 29 DE DEZEMBRO DE 1998</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/148/lei-261-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/148/lei-261-01.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CUMPRIMENTO DO ESTÁGIO PROPATÓRIO DE QUE TRATA O 4º DO ART. 41 DA CONSTITUIÇÃO FEDERAL, COM A REDAÇÃO DADA PELA EC Nº19-98, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/149/lei-262-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/149/lei-262-01.pdf</t>
   </si>
   <si>
     <t>PRORROGA A CONTRATAÇÃO DE PROFESSORES</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/150/lei-264-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/150/lei-264-01.pdf</t>
   </si>
   <si>
     <t>APROVA CONVÊNIO ENTRE OS MUNICÍPIOS INTEGRANTES DO POLO RODOVIÁRIO DE PELOTAS.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/151/lei-265-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/151/lei-265-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CEDÊNCIA DO PRÉDIO DA ESCOLA MUNICIPAL SANTO ANTÔNIO PARA A COMUNIDADE DO PASSO DOS AIRES</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/152/lei-266-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/152/lei-266-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSINAR CONVÊNIO COM A CAIXA ECONÔMICA FEDERAL</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/153/lei-267-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/153/lei-267-01.pdf</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/154/lei-268-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/154/lei-268-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 21.000,00 PARA A AQUISIÇÃO DE 01 VEICULO UTILITÁRIO PARA TRANSPORTE DE PASSAGEIROS.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/155/lei-269-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/155/lei-269-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE DENTISTA EM CARÁTER EMERGÊNCIAL DE EXCEPCIONAL INTERESSE PÚBLICO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/156/lei-270-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/156/lei-270-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALUGAR IMÓVEL PARA A BIBLIOTECA PÚBLICA MUNICIPAL</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/157/lei-271-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/157/lei-271-01.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 4º, DA LEI MUNICIPAL Nº 263/2001, DE 21 JUNHO DE 2001</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/158/lei-273-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/158/lei-273-01.pdf</t>
   </si>
   <si>
     <t>INSTITUI A BANDEIRA COMO SÍMBOLO OFICIAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/159/lei-275-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/159/lei-275-01.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL DE 20% (VINTE POR CENTO) AO PREFEITO E VICE-PREFEITO DO MUNICÍPIO DE CERRITO</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/160/lei-276-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/160/lei-276-01.pdf</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/161/lei-277-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/161/lei-277-01.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 215/2000, QUE TRATA DAS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO 2001, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/162/lei-278-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/162/lei-278-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 16.500,00 PARA A AQUISIÇÃO DE VEÍCULO PARA SEC. SAÚDE.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/163/lei-279-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/163/lei-279-01.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO ÚNICO DO ARTIGO 2º E O INCISO III DO ARTIGO 3º, DA LEI Nº 273/2001, DE 23 JULHO DE 2001</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/164/lei-280-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/164/lei-280-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR PRESTADOR DE SERVIÇO DE EXCEPCIONAL  INTERESSE PÚBLICO PELO PRAZO DE 180 DIAS.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/165/lei-281-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/165/lei-281-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM A UNIVERSIDADE FEDEREAL DE PELOTAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/166/lei-282-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/166/lei-282-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALUGAR IMÓVEL PARA ABRIGAR A PASTORAL DA SAÚDE.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/167/lei-285-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/167/lei-285-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPARCELAR A DÍVIDA COM O INSS</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/168/lei-286-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/168/lei-286-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CEDÊNCIA DO PRÉDIO DA ESCOLA MUNICIPAL EMERNCIANO DOS SANTOS PARA A COMUNIDADE NOSSA SENHORA DA GLÓRIA.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/169/lei-287-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/169/lei-287-01.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA DE ALIMENTAÇÃO PARA ATENDIMENTO DE FAMÍLIAS EM SITUAÇÃO DE VULNERABILIDADE SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/170/lei-288-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/170/lei-288-01.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE CERRITO PARA O PERÍODO DE 2002 A 2005</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/171/lei-290-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/171/lei-290-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO COM O LAR SÃO FRANCISCO DE ASSIS – PEDRO OSÓRIO – RS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/172/lei-291-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/172/lei-291-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PERMUTAR MATERIAL RESTANTE DO PRÉDIO DA ESCOLA MUNICIPAL TIRADENTES POR TIJOLOS</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/173/lei-294-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/173/lei-294-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALUGAR QUADRA POLIESPORTIVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/174/lei-295-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/174/lei-295-01.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE FISCAL SANITÁRIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/175/lei-296-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/175/lei-296-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PERMUTAR MATERIAL RESTANTE DO PRÉDIO DA ESCOLA MUNICIPAL EULÁLIA VIEIRA POR TIJOLOS.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/176/lei-297-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/176/lei-297-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL AUMENTAR A CARGA HORÁRIA DO DENTISTA DA SEDE</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/177/lei-298-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/177/lei-298-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM COMODATO PEQUENAS PROPRIEDADES RURAIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/178/lei-299-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/178/lei-299-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSINAR TERMO DE COMODATO COM O ESPORTE CLUBE CONCÓRDIA</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/179/lei-300-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/179/lei-300-01.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEI DE DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE CERRITO PARA O EXERCÍCIO DE 2002</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/180/lei-301-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/180/lei-301-01.pdf</t>
   </si>
   <si>
     <t>REAVALIA O PADRÃO DO CARGO E O VENCIMENTO DO ASSESSOR JURÍDICO DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/181/lei-302-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/181/lei-302-01.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE ENFERMEIRO PADRÃO</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/182/lei-303-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/182/lei-303-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PERMUTAR O PRÉDIO DA ESCOLA MUNICIPAL OLGA MARTINS DOS SANTOS POR SEIS MIL TIJOLOS FURADOS.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/183/lei-304-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/183/lei-304-01.pdf</t>
   </si>
   <si>
     <t>PROÍBE A CONSTRUÇÃO DE RESIDÊNCIAS DECRETANDO ÁREA NÃO EDIFICÁVEL</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/184/lei-305-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/184/lei-305-01.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE TÉCNICO EM CONTABILIDADE</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/185/lei-306-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/185/lei-306-01.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CERRITO, RS, PARA O EXERCÍCIO DE 2002</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/186/lei-307-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/186/lei-307-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR CARGO DE DIRETOR DA JUNTA DE SERVIÇO MILITAR E DO POSTO DE IDENTIFICAÇÃO.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/187/lei-309-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/187/lei-309-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CORREÇÃO PARA O IPTU EM 9,15% PARA O EXERCÍCIO DE 2002 E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/188/lei-311-01.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/188/lei-311-01.pdf</t>
   </si>
   <si>
     <t>DEFINE AS ATIVIDADES INSALUBRES E PERIGOSAS PARA EFEITOS DE PERCEPÇÃO DO ADICIONAL CORRESPONDENTE</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/233/lei-180-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/233/lei-180-00.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 7.500,00 E OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/234/lei-181-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/234/lei-181-00.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONTRATAÇÃO EMERGENCIAL</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/235/lei-182-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/235/lei-182-00.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ASSINATURA DE COMODATOS COM A COMUNIDADES DO INTERIOR</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/236/lei-183-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/236/lei-183-00.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PERMUTA DE UM TERRENO COM ÁREA TOTAL DE 235,00 m2, PELO VALOR DA DIVIDA DE CALÇAMENTO DO SR. SANTO ALBERTO DO COUTO COLVARA.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/237/lei-184-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/237/lei-184-00.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUXILIO DE R$ 105.00 CENTO E CINCO REAIS AO COMITÊ PRÓ-DESENVOLVIMENTO DA FRUTICULTURA METADE SUL</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/238/lei-185-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/238/lei-185-00.pdf</t>
   </si>
   <si>
     <t>AUTORIZA UM CONTRATO DE COMODATO DO PRÉDIO DA ESCOLA MUNICIPAL JOSÉ BONIFÁCIO.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/239/lei-186-00.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/240/lei-187-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/239/lei-186-00.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/240/lei-187-00.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE PROFESSORES E FUNCIONÁRIOS PELO PRADEM</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/241/lei-188-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/241/lei-188-00.pdf</t>
   </si>
   <si>
     <t>ISENTA DO PAGAMENTO DE DIVIDA ATIVA E IMPOSTO PREDIAL E TERRITORIAL URBANO.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/242/lei-189-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/242/lei-189-00.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL À FUNCIONÁRIOS PÚBLICOS MUNICIPAIS, ATIVOS E INATIVOS.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/243/lei-190-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/243/lei-190-00.pdf</t>
   </si>
   <si>
     <t>Altera a Redação do Art. 17º da Lei n. " 139/99 de 28 de Abril de 1999</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/244/lei-191-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/244/lei-191-00.pdf</t>
   </si>
   <si>
     <t>Autoriza o Empréstimo de uma Casa até o dia 31 de Dezembro de 2000 para o Sr. Paulo Roni IIuckembeck</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/245/lei-192-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/245/lei-192-00.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONTRATAÇÃO EMERGENCIAL DE FUNCIONÁRIOS POR MOTIVO DA ANULAÇÃO DO CONCURSO PUBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/246/lei-193-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/246/lei-193-00.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AQUISIÇÃO DE UM IMÓVEL SITUADO A AV. FLORES DA CUNHA, 440 COM ÁREA TOTAL DE 633,37 m²</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/247/lei-194-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/247/lei-194-00.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSINAR CONVÊNIO E CONTRATO COM O GOVERNO DO ESTADO DO RIO GRANDE DO SUL.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/248/lei-195-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/248/lei-195-00.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EMPRÉSTIMO DO PRÉDIO DA ESCOLA TIRADENTES ATÉ O DIA 31 DE DEZEMBRO DE 2000 PARA O SR. AVANI PAIVA LUIZ.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/249/lei-196-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/249/lei-196-00.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO DE APOSENTADORIA E PENSÃO DO SERVIDOR - FAPS. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/250/lei-197-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/250/lei-197-00.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento do Ensino Fundamental e de Valorização do Magistério.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/251/lei-198-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/251/lei-198-00.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EMPRÉSTIMO DO PRÉDIO DA ESCOLA MUNICIPAL EULÁLIA RODRIGUES VIEIRA ATÉ O DIA 31 DE DEZEMBRO DE 2000 PARA A SRA. GLEIVA REGINA VIEIRA OLIVEIRA.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/252/lei-199-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/252/lei-199-00.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PERMITIR ESTAGIÁRIO ATÉ O DIA 31 DE DEZEMBRO DE 2000</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/253/lei-200-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/253/lei-200-00.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EMPRÉSTIMO DO PRÉDIO DA ESCOLA MUNICIPAL VISCONDE DE MAUA ATÉ O DIA 31 DE DEZEMBRO DE 2000 PARA O SRA. GICELDA DOS SANTOS SILVA.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/254/lei-201-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/254/lei-201-00.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AQUISIÇÃO DE UM TERRENO COM ÁREA TOTAL DE 750,50mt² NO VALOR DE R$ 2.000,00 E DOA-LO PARA A PASTORAL DA SAÚDE.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/255/lei-202-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/255/lei-202-00.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO E DO VICE-PREFEITO DO MUNICÍPIO DE CERRITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/256/lei-203-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/256/lei-203-00.pdf</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DOS SECRETÁRIOS MUNICIPAIS DO MUNICÍPIO DE CERRITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/257/lei-204-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/257/lei-204-00.pdf</t>
   </si>
   <si>
     <t>FIXA A REMUNERAÇÃO DOS VEREADORES DO MUNICÍPIO DE CERRITO PARA A LEGISLATURA 2001/2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/258/lei-205-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/258/lei-205-00.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PERMUTAR TIJOLOS POR TERRENO COM BENFEITORIAS COM O SR. CLABE MORVAN TELES DE SOUZA</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/259/lei-206-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/259/lei-206-00.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 2º, 3º E § 4º DO ART. 3º DA LEI Nº 039/97 DE 08 DE JULHO DE 1997, QUE CRIA O CONSELHO / MUNICIPAL DE ALIMENTAÇÃO ESCOLAR DO MUNICÍPIO DO CERRITO.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/260/lei-207-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/260/lei-207-00.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/261/lei-209-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/261/lei-209-00.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ADQUIRIR UMA CAMIONETA, QUE SERVIRÁ DE AMBULÂNCIA</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/262/lei-210-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/262/lei-210-00.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE UM TERRENO COM ÁREA TOTAL DE 537,73 m²,  PARA A IGREJA EVANGÉLICA LUTERANA DA CRUZ.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/263/lei-211-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/263/lei-211-00.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 26.659,00 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/264/lei-212-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/264/lei-212-00.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 9.303,50 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/265/lei-213-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/265/lei-213-00.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A COMPRAR UM PRÉDIO DE ALVENARIA, LOCALIZADO NA AV. FLORES DA CUNHA, 440 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/266/lei-214-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/266/lei-214-00.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/267/lei-215-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/267/lei-215-00.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEI DE DIRETRIZES ORÇAMENTARIAS PARA O EXERCÍCIO DE 2001, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/268/lei-216-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/268/lei-216-00.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 20, DA LEI N° 131/98 DE 299 DE DEZEMBRO DE 1998</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/269/lei-217-00.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/269/lei-217-00.pdf</t>
   </si>
   <si>
     <t>ORÇA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CERRITO, RS, PARA O EXERCÍCIO DE 2001</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/189/lei-132-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/189/lei-132-99.pdf</t>
   </si>
   <si>
     <t>ORÇA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DO CERRITO, RS, PARA EXERCÍCIO DE 1999</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/190/lei-133-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/190/lei-133-99.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PRORROGAÇÃO DOS CONTRATOS EMERGENCIAIS</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/191/lei-134-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/191/lei-134-99.pdf</t>
   </si>
   <si>
     <t>PRORROGA O PRAZO PREVISTO NO ARTIGO 1º DA LEI Nº 025/97, DE 02 DE ABRIL DE 1997, QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSINAR UM TERMO DE COMODATO DE CEDÊNCIA DE PRÉDIO, COM O SR. ADÃO ORLANDO ALVES.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/192/lei-135-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/192/lei-135-99.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSINAR UM TERMO DE COMODATO COM O ESPORTE CLUBE CONCÓRDIA.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/193/lei-136-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/193/lei-136-99.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR ACORDO COM O SR. FLAVIO BENTO, A RESPEITO DA LIGAÇÃO DO SISTEMA DE ANTENAS DE TRANSMISSÃO DE CANAIS DE TELEVISÃO NA LOCALIDADE DO CERRO PELADO.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/194/lei-137-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/194/lei-137-99.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 10.000,00 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/195/lei-138-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/195/lei-138-99.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR EMERGENCIALMENTE UM MÉDICO VETERINÁRIO.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/196/lei-139-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/196/lei-139-99.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE PROTEÇÃO AOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, CRIA O CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, O CONSELHO TUTELAR, O FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/197/lei-140-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/197/lei-140-99.pdf</t>
   </si>
   <si>
     <t>CRIA O SERVIÇO DE VIGILÂNCIA SANITÁRIA DO MUNICÍPIO DE CERRITO E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/198/lei-141-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/198/lei-141-99.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR CONCURSO PÚBLICO PARA AS VAGAS EXISTENTES CONFORME LEI 131/98 E DETERMINA OS VALORES A SEREM COBRADOS PARA AS INSCRIÇÕES.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/199/lei-142-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/199/lei-142-99.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS DE DOMÉSTICA, PEDREIRO E AUXILIAR ADMINISTRATIVO</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/200/lei-143-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/200/lei-143-99.pdf</t>
   </si>
   <si>
     <t>CRIA A JUNTA ADMINISTRATIVA DE RECURSOS DE INFRAÇÕES JARI E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL À FUNCIONÁRIOS</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/202/lei-145-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/202/lei-145-99.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A VENDER O TERRENO E O PRÉDIO ONDE FUNCIONA A ESCOLA D. PEDRO II, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/203/lei-146-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/203/lei-146-99.pdf</t>
   </si>
   <si>
     <t>CRIA O CADASTRO DE DOADORES DE SANGUE DO MUNICÍPIO DE CERRITO E DÁ INCENTIVOS</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/204/lei-147-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/204/lei-147-99.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 2 DA LEI Nº 048/97, DE 08 DE AGOSTO DE 1997, QUE ISENTA DO PAGAMENTO DOS TRIBUTOS MUNICIPAIS.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/205/lei-148-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/205/lei-148-99.pdf</t>
   </si>
   <si>
     <t>ALTEROU O GRAU DE INSTRUÇÃO PARA PROVIMENTO DO CARGO DE ATENDENTE DE FARMÁCIA.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/206/lei-149-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/206/lei-149-99.pdf</t>
   </si>
   <si>
     <t>CRIA UM CARGO DE PROFESSOR PARA ATUAR EM CLASSES DE EDUCAÇÃO ESPECIAIS.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/207/lei-150-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/207/lei-150-99.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PRORROGAR CONVÊNIO COM A UNIMED.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/208/lei-151-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/208/lei-151-99.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PERMUTAR PERFIS METÁLICOS POR CIMENTO.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/209/lei-152-99.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/210/lei-153-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/209/lei-152-99.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/210/lei-153-99.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABASTECER VEÍCULO DA CEEE</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/211/lei-154-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/211/lei-154-99.pdf</t>
   </si>
   <si>
     <t>ALTERA A INSTRUÇÃO PARA PROVIMENTO DO CARGO DE ELETRICISTA</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/212/lei-155-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/212/lei-155-99.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO MUNICIPAL DE CERRITO O TROFÉU DESTAQUE NA ÁREA DE INDÚSTRIA, COMÉRCIO, AGROPECUÁRIA E OUTROS.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/213/lei-156-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/213/lei-156-99.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PERMUTAR MATERIAIS DE CONSTRUÇÃO DE MÃO DE OBRA, POR SERVIÇOS PRESTADOS DE FISIOTERAPIA.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/214/lei-157-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/214/lei-157-99.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DO ENSINO FUNDAMENTAL E DA VALORIZAÇÃO DO MAGISTÉRIO.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/215/lei-158-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/215/lei-158-99.pdf</t>
   </si>
   <si>
     <t>CONTRATA EMERGENCIALMENTE, UMA SERVENTE</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/216/lei-159-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/216/lei-159-99.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE TURISMO - CONTUR, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/217/lei-160-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/217/lei-160-99.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 18.500,00, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/218/lei-161-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/218/lei-161-99.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE HABITAÇÃO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/219/lei-162-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/219/lei-162-99.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO HABITACIONAL MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/220/lei-163-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/220/lei-163-99.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AQUISIÇÃO DE UM TERRENO PARA A CONSTRUÇÃO DO PRÉDIO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL DR. JACQUES DA ROSA MACHADO</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/221/lei-165-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/221/lei-165-99.pdf</t>
   </si>
   <si>
     <t>DESIGNA O NOME DO PROF. NELSON ABOTT DE FREITAS À BIBLIOTECA PÚBLICA MUNICIPAL DE CERRITO.</t>
   </si>
   <si>
     <t>DISPÕE LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2000, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/223/lei-167-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/223/lei-167-99.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO BRASÃO DE ARMAS DO MUNICÍPIO DE CERRITO</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/224/lei-168-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/224/lei-168-99.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 20.000,00 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/225/lei-169-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/225/lei-169-99.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSINAR CONVÊNIO COM O ESTADO DO RIO GRANDE DO SUL</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/226/lei-170-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/226/lei-170-99.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 50.223,20 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/227/lei-172-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/227/lei-172-99.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSINAR CONTRATO COM O ESTADO DO RIO GRANDE DO SUL</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/1165/lei_173-99_p1.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/1165/lei_173-99_p1.pdf</t>
   </si>
   <si>
     <t>CODIGO TRIBUTÁRIO MUNICIPAL PARTE 1</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/228/lei-174-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/228/lei-174-99.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR EMPRÉSTIMO COM O FAPS</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/229/lei-175-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/229/lei-175-99.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AQUISIÇÃO DE UM TERRENO</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/230/lei-176-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/230/lei-176-99.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSINAR CONVÊNIO E CONTRATO COM O ESTADO DO RIO GRANDE DO SUL.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/231/lei-178-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/231/lei-178-99.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE UM TERRENO COM ÁREA TOTAL DE 238,88 m2, AO ESTADO DO RIO GRANDE DO SUL.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/232/lei-179-99.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/232/lei-179-99.pdf</t>
   </si>
   <si>
     <t>ORÇA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CERRITO, RS, PARA O EXERCÍCIO DE 2000.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/76/lei-076-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/76/lei-076-98.pdf</t>
   </si>
   <si>
     <t>Transforma parte de bem de uso comum do povo em bem de uso especial e dá outras providências.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/77/lei-077-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/77/lei-077-98.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a pagar despesas de passagens, refeições, recepção e hospedagem, de convidados oficiais do município de Cerrito e dá outras providências.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/78/lei-078-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/78/lei-078-98.pdf</t>
   </si>
   <si>
     <t>Define o calendário de eventos do município de Cerrito para o ano de 1998, autoriza o poder executivo a realizar despesas na organização destes eventos e / dá outras providências.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/79/lei-079-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/79/lei-079-98.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar e reduz dotações no valor de R$ 7.340,00 e dá outras providências.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/80/lei-080-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/80/lei-080-98.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso II, do artigo 3º, da Lei nº 006/97, de 29 Janeiro de 1997, que cria o conselho municipal de saúde de Cerrito.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/81/lei-081-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/81/lei-081-98.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 3º caput e do artigo 6º, da Lei nº 009/97, de 14 de Fevereiro de 1997, que cria o fundo municipal de assistência social e dá outras providências.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/82/lei-082-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/82/lei-082-98.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 3º, incisos I, II, III e IV e parágrafo terceiro da Lei nº 008/97, de 14 de Fevereiro de 1997, que cria o conselho municipal de assistência social e dá outras providências.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/83/lei-083-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/83/lei-083-98.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a firmar convênio com o estado do Rio Grande do Sul.  Através da Secretaria Estadual de Justiça e segurança com a interveniência da Brigada Militar e dá outras providências.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/84/lei-085-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/84/lei-085-98.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a admitir estagiário pelo prazo de 6 meses.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/85/lei-086-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/85/lei-086-98.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção de tributos municipais da área do Camping municipal, de propriedade da senhora Iara Regina Souza dos Reis.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/86/lei-087-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/86/lei-087-98.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a contratar emergencialmente professores e serventes.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/87/lei-088-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/87/lei-088-98.pdf</t>
   </si>
   <si>
     <t>Concede auxílio financeiro, através de financiamento, a senhora Nilma Madruga Pereira, para tratamento de saúde.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/88/lei-089-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/88/lei-089-98.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a firmar convênio com o Estado do Rio Grande do Sul, através da secretaria da agricultura e abastecimento, para o subprojeto troca-troca de calcário.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/89/lei-090-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/89/lei-090-98.pdf</t>
   </si>
   <si>
     <t>Define o ciclo de palestras sobre produção leiteira e alternativas para pequena propriedade rural e primeira mostra de gado Jersey rústico como eventos oficiais do município de Cerrito e dá outras providências.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/90/lei-091-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/90/lei-091-98.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a doar um terreno para a construção do posto de saúde e dá outra providências.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/91/lei-092-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/91/lei-092-98.pdf</t>
   </si>
   <si>
     <t>Prorroga a contratação emergencial da enfermeira por quatro meses.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/92/lei-093-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/92/lei-093-98.pdf</t>
   </si>
   <si>
     <t>Prorroga a contratação emergencial de seis auxiliares administrativos por quatro meses</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/93/lei-094-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/93/lei-094-98.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a realizar operações de crédito com fundo de investimentos urbanos - FUNDURBANO / RS</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/94/lei-095-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/94/lei-095-98.pdf</t>
   </si>
   <si>
     <t>Prorroga a contratação emergencial de Quinze operários por dois meses</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/95/lei-097-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/95/lei-097-98.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a doar um terreno para a construção do escritório da CEEE.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/96/lei-098-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/96/lei-098-98.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a doar um terreno para construção do posto de saúde</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/97/lei-099-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/97/lei-099-98.pdf</t>
   </si>
   <si>
     <t>Cria a biblioteca pública municipal de Cerrito/RS e da outras providências</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/98/lei-100-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/98/lei-100-98.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a contratar quinze operários emergencialmente.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/99/lei-101-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/99/lei-101-98.pdf</t>
   </si>
   <si>
     <t>Cria cargos de operário</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/100/lei-102-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/100/lei-102-98.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação de um auxiliar administrativo</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/101/lei-103-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/101/lei-103-98.pdf</t>
   </si>
   <si>
     <t>Cria um cargo de auxiliar administrativo</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/102/lei-104-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/102/lei-104-98.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial de 10% aos funcionários em geral ativos e inativos, Prefeito, Vice- Prefeito e Vereadores</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/103/lei-105-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/103/lei-105-98.pdf</t>
   </si>
   <si>
     <t>Institui fundo de aposentadoria e pensão do servidor FAPS, e da outras providências.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/104/lei-106-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/104/lei-106-98.pdf</t>
   </si>
   <si>
     <t>Abre credito especial no valor de R$ 90.000,00 e da outras providências.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/105/lei-107-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/105/lei-107-98.pdf</t>
   </si>
   <si>
     <t>Define o projeto floresce Cerrito, de educação e reflorestamento ambiental, como evento oficial do Município.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/106/lei-108-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/106/lei-108-98.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial no valor de R$ 5000,00 e da outras providências.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/107/lei-109-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/107/lei-109-98.pdf</t>
   </si>
   <si>
     <t>Cria o regulamento de recebimento de doações de material bibliográfico da biblioteca pública municipal de Cerrito.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/108/lei-110-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/108/lei-110-98.pdf</t>
   </si>
   <si>
     <t>Cria o regulamento do serviço de empréstimo a domicilio, do material Bibliográfico da biblioteca pública municipal de Cerrito.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/109/lei-112-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/109/lei-112-98.pdf</t>
   </si>
   <si>
     <t>Cria regimento interno da biblioteca pública municipal de Cerrito.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/110/lei-113-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/110/lei-113-98.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o plano plurianual de Governo do Município, para o período de 1998 a 2001</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/111/lei-114-98.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/111/lei-114-98.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a Celebrar convênio com a companhia estadual de energia elétrica CEEE para implementação do projeto de edificação do sistema de iluminação pública.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/3/lei-organica-000-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/3/lei-organica-000-97.pdf</t>
   </si>
   <si>
     <t>Lei Orgânica 000-1997</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/4/organiza-a-estrutura-da-prefeitura-de-cerrito-001-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/4/organiza-a-estrutura-da-prefeitura-de-cerrito-001-97.pdf</t>
   </si>
   <si>
     <t>Organiza a estrutura do Município de Cerrito</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/5/or-a-a-receita-e-fixa-a-despesa-do-munic-pio-de-ce_vaOCgdU.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/5/or-a-a-receita-e-fixa-a-despesa-do-munic-pio-de-ce_vaOCgdU.pdf</t>
   </si>
   <si>
     <t>Orça a receita e fixa a despesa do Município de Cerrito 002-97</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/6/cria-cargos-de-provimento-em-comiss-o-do-munic-pio_dVuAP3m.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/6/cria-cargos-de-provimento-em-comiss-o-do-munic-pio_dVuAP3m.pdf</t>
   </si>
   <si>
     <t>Cria cargos de provimento em comissão do Município de Cerrito e suas respectivas remunerações 003-97</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/7/fixa-o-valor-di-rias-e-ajudas-custo-do-prefeito-vi_vTsuP9Z.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/7/fixa-o-valor-di-rias-e-ajudas-custo-do-prefeito-vi_vTsuP9Z.pdf</t>
   </si>
   <si>
     <t>Fixa o valor das diárias e ajudas de custo do Prefeito, Vice-Prefeito e servidores em geral do Município. 004-97</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/8/institui-as-normas-para-a-concess-o-de-aux-lios-e-_4xtVu7v.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/8/institui-as-normas-para-a-concess-o-de-aux-lios-e-_4xtVu7v.pdf</t>
   </si>
   <si>
     <t>Institui as normas para a concessão de auxílios e subvenções e dá outras providências. 005-97</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/9/cria-o-conselho-municipal-de-sa-de-e-d-outras-prov_dv7CahQ.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/9/cria-o-conselho-municipal-de-sa-de-e-d-outras-prov_dv7CahQ.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Saúde e dá outras providências. 006/97</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/10/cria-o-conselho-municipal-de-sa-de-e-d-outras-pro_gMI5Gaj.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/10/cria-o-conselho-municipal-de-sa-de-e-d-outras-pro_gMI5Gaj.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Saúde e dá outras providências. 007-97</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/11/cria-o-conselho-municipal-de-assist-ncia-social-e_o2DUkac.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/11/cria-o-conselho-municipal-de-assist-ncia-social-e_o2DUkac.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Assistência Social e dá outras providências 008/97</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/12/cria-o-fundo-municipal-de-assist-ncia-social-e-d-_wYA03SA.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/12/cria-o-fundo-municipal-de-assist-ncia-social-e-d-_wYA03SA.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Assistência Social e dá outras providências 009/97</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/13/cria-o-conselho-municipal-de-desenvolvimento-agro_ib63f0f.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/13/cria-o-conselho-municipal-de-desenvolvimento-agro_ib63f0f.pdf</t>
   </si>
   <si>
     <t>Cria o conselho Municipal de desenvolvimento agropecuário e dá providências 010/97</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/14/disp-e-cria-o-fundo-municipal-desenvolvimento-agr_dhICZUO.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/14/disp-e-cria-o-fundo-municipal-desenvolvimento-agr_dhICZUO.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do fundo Municipal de Desenvolvimento agropecuário e dá outras providências. 011/97</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/15/cria-cargos-de-dom-sticas-012-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/15/cria-cargos-de-dom-sticas-012-97.pdf</t>
   </si>
   <si>
     <t>Cria cargos de domésticas 012/97</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/16/lei-013-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/16/lei-013-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo a contratar emergencialmente</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/17/lei-014-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/17/lei-014-97.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inscrição do INSS, dos ocupantes em cargo em comissão e dos contratados emergencialmente</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/18/lei-015-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/18/lei-015-97.pdf</t>
   </si>
   <si>
     <t>Cria cargo de médico veterinário padrão 10</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/19/lei-016-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/19/lei-016-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a contratar um médico veterinário emergencialmente.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/20/lei-017-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/20/lei-017-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a adquirir um automóvel ou uma camionete e uma Kombi.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/21/lei-018-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/21/lei-018-97.pdf</t>
   </si>
   <si>
     <t>Cria cargos de professor e doméstica</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/22/lei-019-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/22/lei-019-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação de professores e domésticas em carácter emergencial.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/23/lei-020-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/23/lei-020-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação emergencial de auxiliares administrativos.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/24/lei-021-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/24/lei-021-97.pdf</t>
   </si>
   <si>
     <t>Cria cargos de auxiliar administrativo</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/25/lei-022-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/25/lei-022-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a contratar 15 operários emergencialmente.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/26/lei-023-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/26/lei-023-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a assinar convênio, para atendimento médico e hospitalar aos funcionários, prefeito, vice-prefeito e vereadores.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/27/lei-024-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/27/lei-024-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a criar 15 cargos de operário padrão 1.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/28/lei-025-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/28/lei-025-97.pdf</t>
   </si>
   <si>
     <t>Autorizar o poder executivo municipal a assinar um termo de comodato de cedência de prédio, com o Senhor Adão Orlando Alves.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/29/lei-027-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/29/lei-027-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a assinar termo de cooperação com a União.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/30/lei-028-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/30/lei-028-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a comprar um terreno.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/31/lei-029-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/31/lei-029-97.pdf</t>
   </si>
   <si>
     <t>Fixa o valor das diárias, do Prefeito e Vice-Prefeito, servidores municipais, em viagens para o exterior.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/32/lei-030-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/32/lei-030-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a assinar convênios.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/33/lei-031-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/33/lei-031-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a instituição de comissões comunitárias de serviços públicos domiciliares e o recebimento da cota de participação voluntária para manutenção e ampliação do serviço de iluminação pública domiciliar.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/34/lei-032-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/34/lei-032-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a assinar convênio com o Tribunal Regional Eleitoral do Rio Grande do Sul.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/35/lei-033-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/35/lei-033-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratar uma enfermeira padrão emergencialmente.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/36/lei-034-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/36/lei-034-97.pdf</t>
   </si>
   <si>
     <t>Cria cargo de enfermeira padrão.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/37/lei-035-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/37/lei-035-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a assinar convênio com a EMATER/RS</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/38/lei-036-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/38/lei-036-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo a contratar empresa ou profissionais para atendimento médico na cidade e no interior do município.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/39/lei-037-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/39/lei-037-97.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a lei de diretrizes orçamentárias para o exercicio de 1997, e da outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/40/lei-038-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/40/lei-038-97.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo para contratação emergencial e dá outras providências.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/41/lei-039-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/41/lei-039-97.pdf</t>
   </si>
   <si>
     <t>Cria conselho municipal de alimentação escolar do município do Cerrito e dá outras providências.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/42/lei-040-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/42/lei-040-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a firmar convênio com a CEE e a ceder um funcionário e uma sala para o funcionamento de um posto de atendimento.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/43/lei-041-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/43/lei-041-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a emprestar as máquinas de terraplanagem ou veículos para efetuarem serviços a munícipes.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/44/lei-042-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/44/lei-042-97.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei número 014/97 de 19 de Fevereiro de 1997.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/45/lei-043-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/45/lei-043-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a assinar convênio com a Universidade Federal de Pelotas</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/46/lei-044-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/46/lei-044-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município do Cerrito a integrar consórcio intermunicipal com os municípios de Pedro Osório, Capão do Leão, Morro Redondo e outros, visando o recebimento por empréstimo, a utilização e administração de bens e equipamentos.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/47/lei-045-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/47/lei-045-97.pdf</t>
   </si>
   <si>
     <t>Denominação de rua em Vila Freire</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/48/lei-047-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/48/lei-047-97.pdf</t>
   </si>
   <si>
     <t>Denominação de Ruas e praças em Vila Freire</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/49/lei-048-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/49/lei-048-97.pdf</t>
   </si>
   <si>
     <t>Isenta do Pagamento dos tributos municipais.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/50/lei-049-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/50/lei-049-97.pdf</t>
   </si>
   <si>
     <t>Regulamenta os serviços publicitários móveis</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/51/lei-050-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/51/lei-050-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a participar do programa pro 2000 e dá outras providências.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/52/lei-051-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/52/lei-051-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação do prédio da Escola Vera Cruz, localizada junto a BR-293</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/53/lei-052-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/53/lei-052-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a transferir para as comunidades de vila Freire e do Alto Alegre a distribuição de água naquelas localidades.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/54/lei-053-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/54/lei-053-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a doar telefones para as comunidades do interior do município.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/55/lei-054-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/55/lei-054-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a venda de sucatas de ferro e de equipamentos obsoletos.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/56/lei-055-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/56/lei-055-97.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 031/97, que autoriza o recebimento da cota de participação voluntária para manutenção do serviço de iluminação pública domiciliar.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/57/lei-056-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/57/lei-056-97.pdf</t>
   </si>
   <si>
     <t>Cria o conselho municipal de educação do município do Cerrito e da outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/58/lei-057-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/58/lei-057-97.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei de Diretrizes orçamentárias para o exercício de 1998, e da outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/59/lei-058-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/59/lei-058-97.pdf</t>
   </si>
   <si>
     <t>Prorroga a contratação emergencial do médico veterinário,  por quatro meses.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/60/lei-059-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/60/lei-059-97.pdf</t>
   </si>
   <si>
     <t>Prorroga a contratação emergencial da enfermeira padrão, por quatro meses.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/61/lei-060-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/61/lei-060-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo municipal a participar de um consórcio para aquisição de medicamentos.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/62/lei-061-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/62/lei-061-97.pdf</t>
   </si>
   <si>
     <t>Prorroga contratos emergenciais</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/63/lei-062-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/63/lei-062-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a escriturar terreno</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/64/lei-063-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/64/lei-063-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a efetuar serviços de terraplanagem em mutirão com outros municípios.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/65/lei-064-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/65/lei-064-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no valor de R$ 18.987,00 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/66/lei-066-97-2-.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/66/lei-066-97-2-.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a contratar quinze operários por quatro meses.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/67/lei-067-97-2-.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/67/lei-067-97-2-.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a celebrar termo de acordo com o Estado, através da secretaria de obras públicas.</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/68/lei-068-97-2-.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/68/lei-068-97-2-.pdf</t>
   </si>
   <si>
     <t>Cria o conselho municipal de transito do Município de Cerrito e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/69/lei-069-97a.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/69/lei-069-97a.pdf</t>
   </si>
   <si>
     <t>Concede auxilio financeiro ao senhor Nerci Alves de Avila.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/70/lei-070-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/70/lei-070-97.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a associação de pais e amigos dos excepcionais do Cerrito.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/71/lei-071-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/71/lei-071-97.pdf</t>
   </si>
   <si>
     <t>Cria a fundação municipal Cerrito</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/72/lei-072-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/72/lei-072-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o municipio de Cerrito a integrar consórcio intermunicipal com os municipios de Capão do Leão, Morro Redondo entre outros, visando o recebimento por empréstimo, a utilização e a administração de bens e equipamentos.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/73/lei-073-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/73/lei-073-97.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso III, do Artigo 3º, / da Lei nº 006/97, de 29 de Janeiro, 1997, que cria o conselho municipal de saúde de Cerrito.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/74/lei-074-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/74/lei-074-97.pdf</t>
   </si>
   <si>
     <t>Cria os limites dos distritos da sede, de Alto Alegre e de Vila Freire, determinando suas respectivas zonas urbanas.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/75/lei-075-97.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/75/lei-075-97.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal do Patrimônio, histórico, artístico e cultural do Município de Cerrito e dá outras providências.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1995/1/n-000-criacao-do-municipio-de-cerrito.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1995/1/n-000-criacao-do-municipio-de-cerrito.pdf</t>
   </si>
   <si>
     <t>Criação do Município de Cerrito</t>
   </si>
   <si>
-    <t>https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1995/2/n-046-mudan-a-da-data-de-anivers-rio-do-munic-pio-_FQ5tJtY.pdf</t>
+    <t>http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1995/2/n-046-mudan-a-da-data-de-anivers-rio-do-munic-pio-_FQ5tJtY.pdf</t>
   </si>
   <si>
     <t>Mudança da data de aniversário do Município de Cerrito</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -11351,67 +11351,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1426/projeto_de_lei_no_001_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1427/projeto_de_lei_no_002_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1428/projeto_de_lei_no_003_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1442/projeto_de_lei_no_004_2022_contratacao_emergencial_-_professor.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1443/projeto_de_lei_no_005-2022_-_p._historia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1444/projeto_de_lei_no_006-2022_-_p._portugues-ingles.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1445/projeto_de_lei_no_007_inclui_o__3o_no_artigo_25_da_lei_municipal_no_4422005_que_institui_o_plano_de_carreira.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1446/projeto_de_lei_no_008_revisao_geral_anual_prof_pedagogo_aumento_real_equiparar_piso_nacional_e_revisao_ag_comu.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1447/projeto_de_lei_no_009_2022_programa_de_demissao_voluntaria__pdv_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1448/projeto_de_lei_no_010_2022_cria_o_conselho_municipal_de_saneamento_basico_de_cerrito_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1449/projeto_de_lei_no_011_2022_gratif_aos_serv_publicos_municipais_ocupantes_do_cargo_de_motorista_de_cacamba.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1450/projeto_de_lei_no_012_abertua_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1451/projeto_de_lei_no_013_altera_lei_1343_rpps.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1452/projeto_de_lei_no_014_revoga_medidas_uso_mascara.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1453/projeto_de_lei_no_015_prof_matematica.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1454/projeto_de_lei_no_016_contratacao_motorista.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1455/projeto_de_lei_no_017_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1456/projeto_de_lei_no_018_altera_a_redacao_do_anexo_i_da_lei_municipal_no_1520_de_22_de_novembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1457/projeto_de_lei_no_019_altera_a_redacao_do_anexo_iii_da_lei_municipal_no_1524_de_17_de_dezembro_de_2021__ldo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1458/projeto_de_lei_no_020_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1459/projeto_de_lei_no_021_altera_a_redacao_do_anexo_i_da_lei_municipal_no_1520_de_22_de_novembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1460/projeto_de_lei_no_022_altera_a_redacao_do_anexo_iii_da_lei_municipal_no_1524_de_17_de_dezembro_de_2021__ldo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1461/projeto_de_lei_no_023_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1462/projeto_de_lei_no_024_altera_a_redacao_do_anexo_i_da_lei_municipal_no_1520_de_22_de_novembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1463/projeto_de_lei_no_025_altera_a_redacao_do_anexo_iii_da_lei_municipal_no_1524_de_17_de_dezembro_de_2021__ldo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1464/projeto_de_lei_no_026_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1465/projeto_de_lei_no_027_altera_a_redacao_do_anexo_i_da_lei_municipal_no_1520_de_22_de_novembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1466/projeto_de_lei_no_028_altera_a_redacao_do_anexo_iii_da_lei_municipal_no_1524_de_17_de_dezembro_de_2021__ldo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1467/projeto_de_lei_no_029_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1468/projeto_de_lei_no_030_autoriza_a_contratacao_temporaria_em_carater_emergencial_servente.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1469/projeto_de_lei_no_031_autoriza_a_contratacao_temporaria_em_carater_emergencial_operario.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1470/projeto_de_lei_no_031_autoriza_a_contratacao_temporaria_em_carater_emergencial_operario.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1471/projeto_de_lei_no_033_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1472/projeto_de_lei_no_034_revisao_geral_anual_remuneracao_dos_conselheiros_tutelares_bem_como_concede_aumento.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1473/projeto_de_lei_no_035_cria_emprego_publico_de_agente_de_combate_a_endemias_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1358/projeto_de_lei_no_013_-_servente_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1359/projeto_de_lei_n._014_de_2021_-_projeto_de_lei_para_compra_de_vacinas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1360/projeto_de_lei_no_015_-_operador_de_maquina_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1361/projeto_de_lei_no_016_-_tecnico_em_enfermagem-_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1362/projeto_de_lei__no_018_21_-_construcao_predio_sec._assist._social_2.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1363/projeto_de_lei_no_021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1364/projeto_de_lei_no_022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1365/projeto_de_lei_no_023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_lei_no_024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_no_025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1368/projeto_de_lei_no_027_2.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1369/projeto_de_lei_no_028.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1370/projeto_de_lei_no_029_2021_1.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1371/projeto_de_lei_no_030_santa_casa_1.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1372/projeto_de_lei_031_-_contratacao_de_pedreiro_2.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1373/projeto_de_lei_032-_abertura_de_credito_aquisicao_de_terreno_1.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1374/projeto_de_lei_no_034_2021_2.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1375/projeto_de_lei_no_035_2.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1376/projeto_de_lei_no_036_2021_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1377/projeto_de_lei_no_037_2021_2.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1378/projeto_de_lei_no_038.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1379/projeto_de_lei_no_039_2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1380/pl_40_-_cessao_uso_oneroso_1.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1381/projeto_de_lei_no_043_1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1382/projeto_de_lei_no_044_1.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1383/projeto_de_lei_no_050.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_no_051.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1411/projeto_de_lei_no_055_2.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1412/projeto_de_lei_no_056_1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1413/projeto_de_lei_no_057_1.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1414/projeto_de_lei_no_058.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1415/projeto_de_lei_no_059.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1416/projeto_de_lei_no_060.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1417/projeto_de_lei_no_061.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1418/projeto_de_lei_no_062.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_no_063.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1420/projeto_de_lei_no_064_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei_no_065_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1422/projeto_de_lei_no_066.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_no_067_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_no_068_2.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1425/projeto_de_lei_no_069-2021_2.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1185/lei_1346.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1186/lei_1347.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1187/lei_1348.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1188/lei_1349.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1189/lei_1350.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1190/lei_1351.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1191/lei_1352.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1192/lei_1353.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1193/lei_1354.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1194/lei_1355.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1195/lei_1356.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1196/lei_1357.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1197/lei_1358.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1198/lei_1359.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1199/lei_1360.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1200/lei_1361.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1201/lei_1362.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1202/lei_1364.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1203/lei_1365.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1204/lei_1366.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1205/lei_1367.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1206/lei_1368.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1207/lei_1369.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1208/lei_1370.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1209/lei_1371.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1210/lei_1372.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1211/lei_1373.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1212/lei_1374.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1213/lei_1375.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1214/lei_1376.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1215/lei_1377.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1216/lei_1378.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1217/lei_1379.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1218/lei_1380.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1219/lei_1381.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1220/lei_1382.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1221/lei_1383.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1096/lei_1257.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1097/lei_1258.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1098/lei_1259.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1099/lei_1260.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1100/lei_1261.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1101/lei_1262.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1102/lei_1263.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1103/lei_1264.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1104/lei_1265.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1105/lei_1266.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1106/lei_1267.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1107/lei_1268.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1108/lei_1269.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1109/lei_1270.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1110/lei_1271.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1111/lei_1272.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1112/lei_1273.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1113/lei_1274.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1114/lei_1275.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1115/lei_1276.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1116/lei_1277.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1117/lei_1278.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1118/lei_1279.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1119/lei_1280.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1120/lei_1281.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1121/lei_1282.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1122/lei_1283.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1123/lei_1284.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1124/lei_1285.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1125/lei_1286.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1126/lei_1287.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1127/lei_1288.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1128/lei_1289.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1129/lei_1290.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1130/lei_1291.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1131/lei_1292.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1132/lei_1293.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1133/lei_1294.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1134/lei_1295.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1135/lei_1296.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1136/lei_1297.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1137/lei_1298.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1138/lei_1299.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1139/lei_1300.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1140/lei_1301.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1141/lei_1302.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1142/lei_1303.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1143/lei_1304.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1145/lei_1306.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1146/lei_1307.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1147/lei_1308.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1148/lei_1309.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1149/lei_1310.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1150/lei_1311.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1151/lei_1312.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1152/lei_1313.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1153/lei_1314.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1154/lei_1315.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1155/lei_1316.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1156/lei_1317.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1157/lei_1318.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1158/lei_1319.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1159/lei_1320.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1160/lei_1321.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1161/lei_1322.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1162/lei_1323.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1163/lei_1324.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1164/lei_1325.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1167/lei_1326.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1168/lei_1327.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1169/lei_1328.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1170/lei_1330.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1171/lei_1331.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1172/lei_1332.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1173/lei_1333.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1174/lei_1334.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1175/lei_1335.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1176/lei_1336.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1177/lei_1337.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1178/lei_1338.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1179/lei_1339.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1180/lei_1340.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1181/lei_1342.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1182/lei_1343.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1183/lei_1344.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1184/lei_1345.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1022/lei_1182.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1023/lei_1183.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1024/lei_1184.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1025/lei_1185.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1026/lei_1186.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1027/lei_1187.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1028/lei_1188.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1029/lei_1189.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1030/lei_1190.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1031/lei_1191.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1032/lei_1192.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1033/lei_1193.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1034/lei_1194.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1035/lei_1195.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1036/lei_1196.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1037/lei_1197.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1038/lei_1198.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1039/lei_1199.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1040/lei_1200.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1041/lei_1201.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1042/lei_1202.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1043/lei_1203.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1044/lei_1204.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1045/lei_1205.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1046/lei_1206.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1047/lei_1207.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1048/lei_1208.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1049/lei_1209.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1050/lei_1210.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1051/lei_1211.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1052/lei_1212.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1053/lei_1213.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1054/lei_1214.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1055/lei_1215.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1056/lei_1216.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1057/lei_1217.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1058/lei_1218.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1059/lei_1219.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1060/lei_1220.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1061/lei_1221.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1062/lei_1222.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1063/lei_1223.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1064/lei_1224.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1065/lei_1225.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1066/lei_1227.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1067/lei_1227.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1068/lei_1228.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1069/lei_1229.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1070/lei_1230.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1071/lei_1231.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1072/lei_1232.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1073/lei_1233.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1074/lei_1234.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1075/lei_1235.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1076/lei_1236.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1077/lei_1238.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1078/lei_1239.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1079/lei_1239.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1080/lei_1240.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1081/lei_1241.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1082/lei_1243.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1083/lei_1244.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1084/lei_1245.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1085/lei_1246.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1086/lei_1247.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1087/lei_1248.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1088/lei_1249.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1089/lei_1250.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1090/lei_1251.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1091/lei_1252.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1092/lei_1253.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1093/lei_1254.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1094/lei_1255.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1095/lei_1256.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/973/lei_1130.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/974/lei_1131.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/975/lei_1132.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/976/lei_1133.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/977/lei_1134.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/978/lei_1135.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/979/lei_1136.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/980/lei_1137.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/981/lei_1138.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/982/lei_1139.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/983/lei_1140.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/984/lei_1141.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/985/lei_1142.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/986/lei_1143.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/987/lei_1144.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/988/lei_1145.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/989/lei_1146.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/990/lei_1147.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/991/lei_1148.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/992/lei_1149.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/993/lei_1150.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/994/lei_1151.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/995/lei_1152.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/996/lei_1153.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/997/lei_1154.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/998/lei_1155.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/999/lei_1156.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1000/lei_1157.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1001/lei_1158.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1002/lei_1159.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1003/lei_1160.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1004/lei_1161.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1005/lei_1162.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1006/lei_1163.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1007/lei_1164.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1008/lei_1165.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1009/lei_1166.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1010/lei_1167.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1011/lei_1170.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1012/lei_1171.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1013/lei_1172.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1014/lei_1173.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1015/lei_1174.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1016/lei_1175.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1017/lei_1176.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1018/lei_1177.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1019/lei_1178.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1020/lei_1179.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1021/lei_1181.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/927/lei_1083.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/928/lei_1084.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/929/lei_1085.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/930/lei_1086.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/931/lei_1087.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/932/lei_1088.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/933/lei_1089.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/934/lei_1090.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/935/lei_1091.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/936/lei_1092.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/937/lei_1093.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/938/lei_1094.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/939/lei_1095.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/940/lei_1096.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/941/lei_1097.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/942/lei_1098.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/943/lei_1099.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/944/lei_1100.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/945/lei_1101.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/946/lei_1102.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/947/lei_1103.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/948/lei_1104.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/949/lei_1105.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/950/lei_1106.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/951/lei_1107.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/952/lei_1108.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/953/lei_1109.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/954/lei_1110.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/955/lei_1111.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/956/lei_1112.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/957/lei_1113.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/958/lei_1114.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/959/lei_1115.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/960/lei_1116.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/961/lei_1117.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/962/lei_1118.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/963/lei_1119.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/964/lei_1120.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/965/lei_1121.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/966/lei_1123.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/967/lei_1124.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/968/lei_1125.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/969/lei_1126.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/970/lei_1127.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/971/lei_1128.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/972/lei_1129.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/867/lei_1020.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/868/lei_1021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/869/lei_1022.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/870/lei_1023.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/871/lei_1024.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/872/lei_1025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/873/lei_1026.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/874/lei_1027.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/875/lei_1028.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/876/lei_1029.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/877/lei_1030.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/878/lei_1031.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/879/lei_1032.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/880/lei_1033.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/881/lei_1034.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/882/lei_1035.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/883/lei_1037.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/884/lei_1038.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/885/lei_1039.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/886/lei_1040.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/887/lei_1041.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/888/lei_1042.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/889/lei_1043.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/890/lei_1044.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/891/lei_1045.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/892/lei_1046.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/893/lei_1047.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/894/lei_1048.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/895/lei_1049.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/896/lei_1050.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/897/lei_1051.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/898/lei_1052.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/899/lei_1053.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/900/lei_1054.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/901/lei_1055.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/902/lei_1056.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/903/lei_1057.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/904/lei_1058.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/905/lei_1059.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/906/lei_1060.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/907/lei_1061.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/908/lei_1062.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/909/lei_1063.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/910/lei_1064.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/911/lei_1066.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/912/lei_1067.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/913/lei_1068.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/914/lei_1069.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/915/lei_1070.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/916/lei_1071.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/917/lei_1072.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/918/lei_1074.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/919/lei_1075.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/920/lei_1076.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/921/lei_1077.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/922/lei_1078.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/923/lei_1079.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/924/lei_1080.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/925/lei_1081.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/926/lei_1082.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/802/lei_952.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/803/lei_953.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/804/lei_954.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/805/lei_955.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/806/lei_956.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/807/lei_957.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/808/lei_958.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/809/lei_959.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/810/lei_960.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/811/lei_961.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/812/lei_962.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/813/lei_963.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/814/lei_964.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/815/lei_965.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/816/lei_966.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/817/lei_967.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/818/lei_968.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/819/lei_969.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/820/lei_970.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/821/lei_971.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/822/lei_972.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/823/lei_973.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/824/lei_974.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/825/lei_975.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/826/lei_976.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/827/lei_977.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/828/lei_978.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/829/lei_979.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/830/lei_980.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/831/lei_981.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/832/lei_982.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/833/lei_983.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/834/lei_984.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/835/lei_985.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/836/lei_986.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/837/lei_987.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/838/lei_988.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/839/lei_989.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/840/lei_990.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/841/lei_991.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/842/lei_992.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/843/lei_993.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/844/lei_994.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/845/lei_995.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/846/lei_996.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/847/lei_997.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/848/lei_999.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/849/lei_1000.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/850/lei_1001.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/851/lei_1002.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/852/lei_1003.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/853/lei_1004.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/854/lei_1005.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/855/lei_1006.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/856/lei_1008.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/857/lei_1009.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/858/lei_1010.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/859/lei_1011.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/860/lei_1012.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/861/lei_1013.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/862/lei_1014.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/863/lei_1015.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/864/lei_1017.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/865/lei_1018.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/866/lei_1019.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/746/lei_890.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/747/lei_891.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/748/lei_892.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/749/lei_893.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/750/lei_894.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/751/lei_895.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/752/lei_896.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/753/lei_897.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/754/lei_898.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/755/lei_899.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/756/lei_900.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/757/lei_901.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/758/lei_902.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/759/lei_903.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/760/lei_904.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/761/lei_907.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/762/lei_908.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/763/lei_909.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/764/lei_910.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/765/lei_911.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/766/lei_912.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/767/lei_913.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/768/lei_914.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/769/lei_915.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/770/lei_916.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/771/lei_917.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/772/lei_918.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/773/lei_919.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/774/lei_920.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/775/lei_921.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/776/lei_922.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/777/lei_923.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/778/lei_924.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/779/lei_925.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/780/lei_926.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/781/lei_927.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/782/lei_928.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/783/lei_929.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/784/lei_930.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/785/lei_931.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/786/lei_932.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/787/lei_933.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/788/lei_934.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/789/lei_935.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/790/lei_936.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/791/lei_937.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/792/lei_938.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/793/lei_939.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/794/lei_940.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/795/lei_941.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/796/lei_942.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/797/lei_943.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/798/lei_946.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/799/lei_947.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/800/lei_949.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/801/lei_950.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/646/lei_788.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/647/lei_789.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/648/lei_790.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/649/lei_791.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/650/lei_792.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/651/lei_793.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/652/lei_794.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/653/lei_795.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/654/lei_796.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/655/lei_797.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/656/lei_798.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/657/lei_799.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/658/lei_800.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/659/lei_801.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/660/lei_802.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/661/lei_803.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/662/lei_804.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/663/lei_805.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/664/lei_806.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/665/lei_807.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/666/lei_808.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/667/lei_809.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/668/lei_810.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/669/lei_811.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/670/lei_812.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/671/lei_813.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/672/lei_814.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/673/lei_815.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/674/lei_816.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/675/lei_817.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/676/lei_818.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/677/lei_819.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/678/lei_820.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/679/lei_821.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/680/lei_822.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/681/lei_823.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/682/lei_824.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/683/lei_825.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/684/lei_826.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/685/lei_827.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/686/lei_828.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/687/lei_829.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/688/lei_830.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/689/lei_831.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/690/lei_832.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/691/lei_833.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/692/lei_834.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/693/lei_835.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/694/lei_837.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/695/lei_838.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/696/lei_839.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/697/lei_840.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/698/lei_841.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/699/lei_842.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/700/lei_843.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/701/lei_844.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/702/lei_845.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/703/lei_846.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/704/lei_847.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/705/lei_848.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/706/lei_849.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/707/lei_850.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/708/lei_851.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/709/lei_852.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/710/lei_853.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/711/lei_854.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/712/lei_855.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/713/lei_856.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/714/lei_857.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/715/lei_858.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/716/lei_859.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/717/lei_860.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/718/lei_861.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/719/lei_862.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/720/lei_863.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/721/lei_864.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/722/lei_865.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/723/lei_866.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/724/lei_867.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/725/lei_868.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/726/lei_869.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/727/lei_870.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/728/lei_871.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/729/lei_872.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/730/lei_873.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/731/lei_874.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/732/lei_875.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/733/lei_876.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/734/lei_877.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/735/lei_878.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/736/lei_879.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/737/lei_880.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/738/lei_881.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/739/lei_883.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/740/lei_884.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/741/lei_885.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/742/lei_886.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/743/lei_887.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/744/lei_888.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/745/lei_889.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/523/lei_662.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/524/lei_663.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/525/lei_664.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/526/lei_665.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/527/lei_666.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/528/lei_667.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/529/lei_668.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/530/lei_669.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/531/lei_671.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/532/lei_672.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/533/lei_673.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/534/lei_674.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/535/lei_675.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/536/lei_676.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/537/lei_677.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/538/lei_678.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/539/lei_679.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/540/lei_680.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/541/lei_681.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/542/lei_682.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/543/lei_683.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/544/lei_684.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/545/lei_685.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/546/lei_686.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/547/lei_687.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/548/lei_688.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/549/lei_689.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/550/lei_690.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/551/lei_691.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/552/lei_692.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/553/lei_693.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/554/lei_694.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/555/lei_695.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/556/lei_696.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/557/lei_697.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/558/lei_698.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/559/lei_699.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/560/lei_700.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/561/lei_701.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/562/lei_702.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/563/lei_703.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/564/lei_704.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/565/lei_705.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/566/lei_706.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/567/lei_707.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/568/lei_708.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/569/lei_709.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/570/lei_710.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/571/lei_711.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/572/lei_712.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/573/lei_713.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/574/lei_714.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/575/lei_715.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/576/lei_716.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/577/lei_717.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/578/lei_718.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/579/lei_719.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/580/lei_720.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/581/lei_721.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/582/lei_722.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/583/lei_723.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/584/lei_724.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/585/lei_725.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/586/lei_726.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/587/lei_727.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/588/lei_728.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/589/lei_729.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/590/lei_730.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/591/lei_731.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/592/lei_732.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/593/lei_733.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/594/lei_734.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/595/lei_735.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/596/lei_736.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/597/lei_737.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/598/lei_738.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/599/lei_739.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/600/lei_740.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/601/lei_741.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/602/lei_742.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/603/lei_743.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/604/lei_744.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/605/lei_745.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/606/lei_746.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/607/lei_747.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/608/lei_748.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/609/lei_749.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/610/lei_750.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/611/lei_751.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/612/lei_752.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/613/lei_753.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/614/lei_754.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/615/lei_755.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/616/lei_756.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/617/lei_757.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/618/lei_758.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/619/lei_759.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/620/lei_760.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/621/lei_761.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/622/lei_762.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/623/lei_763.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/624/lei_764.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/625/lei_765.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/626/lei_766.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/627/lei_767.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/628/lei_768.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/629/lei_769.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/630/lei_770.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/631/lei_771.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/632/lei_772.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/633/lei_773.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/634/lei_774.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/635/lei_776.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/636/lei_777.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/637/lei_778.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/638/lei_779.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/639/lei_780.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/640/lei_781.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/641/lei_782.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/642/lei_784.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/643/lei_785.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/644/lei_786.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/645/lei_787.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/458/lei-593.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/459/lei-594.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/460/lei-595.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/461/lei-596.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/462/lei-597.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/463/lei-598.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/464/lei-599.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/465/lei-600.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/466/lei-601.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/467/lei-602.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/468/lei-603.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/469/lei-604.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/470/lei-605.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/471/lei-606.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/472/lei-607.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/473/lei_608.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/474/lei_609.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/475/lei_610.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/476/lei_611.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/477/lei_612.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/478/lei_613.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/479/lei_614.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/480/lei_615.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/481/lei_616.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/482/lei_617.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/483/lei_618.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/484/lei_619.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/485/lei_620.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/486/lei_621.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/487/lei_622.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/488/lei_623.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/489/lei_624.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/490/lei_625.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/491/lei_626.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/492/lei_627.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/493/lei_628.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/494/lei_629.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/495/lei_630.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/496/lei_631.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/497/lei_632.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/498/lei_633.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/499/lei_634.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/500/lei_635.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/501/lei_636.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/502/lei_637.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/503/lei_638.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/504/lei_639.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/505/lei_640.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/506/lei_641.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/507/lei_642.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/508/lei_643.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/509/lei_644.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/510/lei_645.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/511/lei_646.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/512/lei_648.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/513/lei_649.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/514/lei_652.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/515/lei_653.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/516/lei_654.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/517/lei_655.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/518/lei_656.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/519/lei_657.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/520/lei_658.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/521/lei_660.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/522/lei_661.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/404/lei-538-08.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/405/lei-539-08.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/406/lei-540-08.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/407/lei-541-08.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/408/lei-542-08.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/409/lei-543-08.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/410/lei-544-08.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/411/lei-545-08.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/412/lei-546-08.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/413/lei-547-08.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/414/lei-548-08.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/415/lei-549-08.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/416/lei-550-08.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/417/lei-551-08.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/418/lei-552-08.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/419/lei-553-08.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/420/lei-554-08.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/421/lei-555-08.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/422/lei-556-08.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/423/lei-557-08.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/424/lei-558-08.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/425/lei-559-08.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/426/lei-560-08.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/427/lei-562-08.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/428/lei-563-08.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/429/lei-564-08.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/430/lei-565-08.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/431/lei-566-08.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/432/lei-567-08.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/433/lei-568-08.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/434/lei-569-08.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/435/lei-570-08.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/436/lei-571-08.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/437/lei-572-08.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/438/lei-573-08.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/439/lei-574-08.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/440/lei-575-08.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/441/lei-577-08.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/442/lei-578-08.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/443/lei-579-08.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/444/lei-580-08.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/445/lei-581-08.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/446/lei-582-08.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/448/lei-584-08.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/449/lei-585-08.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/450/lei-586-08.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/451/lei-587-08.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/452/lei-588-08.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/453/lei-589-08.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/454/lei-590-08.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/455/lei-591-08.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/456/lei-592-08.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/395/lei-501-07.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/396/lei-516-07.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/397/lei-518-07.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/398/lei-519-07.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/399/lei-520-07.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/400/lei-527-07.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/401/lei-529-07.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/402/lei-532-07.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/403/lei-533-07.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/367/lei-417-05.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/368/lei-418-05.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/369/lei-419-05.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/370/lei-420-05.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/371/lei-421-05.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/372/lei-422-05.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/373/lei-423-05.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/374/lei-424-05.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/375/lei-425-05.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/376/lei-426-05.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/377/lei-427-05.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/378/lei-428-05.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/379/lei-429-05.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/380/lei-430-05.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/381/lei-431-05.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/382/lei-432-05.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/383/lei-433-05.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/384/lei-434-05.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/385/lei-435-05.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/386/lei-436-05.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/387/lei-437-05.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/388/lei-438-05.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/389/lei-439-05.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/390/lei-440-05.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/391/lei-441-05.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/392/lei-442-05.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/393/lei-443-05.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/394/lei-444-05.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/342/lei-386-04.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/343/lei-387-04.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/344/lei-388-04.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/345/lei-389-04.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/346/lei-390-04.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/347/lei-391-04.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/348/lei-392-04.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/349/lei-393-04.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/350/lei-394-04.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/351/lei-395-04.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/352/lei-396-04.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/353/lei-397-04.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/354/lei-398-04.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/355/lei-399-04.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/356/lei-400-04.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/357/lei-401-04.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/358/lei-402-04.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/359/lei-403-04.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/360/lei-405-04.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/361/lei-406-04.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/362/lei-409-04.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/363/lei-410-04.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/364/lei-411-04.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/365/lei-412-04.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/366/lei-416-04.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/322/lei-362-03.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/325/lei-363-03.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/326/lei-364-03.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/327/lei-365-03.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/328/lei-366-03.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/329/lei-367-03.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/330/lei-368-03.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/331/lei-369-03.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/332/lei-371-03-.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/333/lei-372-03.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/334/lei-373-03.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/335/lei-379-03.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/336/lei-380-03.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/337/lei-381-03.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/338/lei-382-03.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/339/lei-383-03.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/340/lei-384-03.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/341/lei-385-03.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/270/lei-310-02.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/271/lei-311-02.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/272/lei-312-02.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/273/lei-313-02.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/274/lei-314-02.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/275/lei-315-02.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/276/lei-316-02.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/277/lei-317-02.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/278/lei-318-02.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/279/lei-319-02.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/280/lei-320-02.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/281/lei-321-02.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/282/lei-322-02.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/283/lei-323-02.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/284/lei-324-02.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/285/lei-325-02.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/286/lei-326-02.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/287/lei-327-02.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/288/lei-328-02.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/289/lei-329-02.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/290/lei-330-02.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/291/lei-331-02.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/292/lei-332-02.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/293/lei-333-02.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/294/lei-334-02.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/295/lei-335-02.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/296/lei-336-02.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/297/lei-337-02.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/298/lei-338-02.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/299/lei-339-02.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/300/lei-340-02.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/301/lei-341-02.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/302/lei-342-02.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/303/lei-343-02.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/304/lei-344-02.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/305/lei-345-02.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/306/lei-346-02.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/307/lei-347-02.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/308/lei-348-02.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/309/lei-349-02.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/310/lei-350-02.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/311/lei-351-02.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/312/lei-352-02.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/313/lei-353-02.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/314/lei-354-02.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/315/lei-355-02.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/316/lei-356-02.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/317/lei-357-02.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/318/lei-358-02.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/319/lei-359-02.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/320/lei-360-02.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/321/lei-361-02.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/112/lei-218-01.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/113/lei-219-01.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/114/lei-220-01.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/115/lei-221-01.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/116/lei-222-01.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/117/lei-223-01.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/118/lei-224-01.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/119/lei-226-01.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/120/lei-230-01.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/121/lei-231-01.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/122/lei-232-01.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/123/lei-233-01.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/124/lei-234-01.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/125/lei-235-01.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/126/lei-236-01.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/127/lei-237-01.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/128/lei-238-01.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/129/lei-239-01.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/130/lei-240-01.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/131/lei-241-01.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/132/lei-244-01.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/133/lei-245-01.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/134/lei-246-01.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/135/lei-247-01.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/136/lei-248-01.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/137/lei-249-01.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/138/lei-250-01.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/139/lei-252-01.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/140/lei-253-01.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/141/lei-254-01.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/142/lei-255-01.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/143/lei-256-01.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/144/lei-257-01.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/145/lei-258-01.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/146/lei-259-01.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/147/lei-260-01.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/148/lei-261-01.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/149/lei-262-01.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/150/lei-264-01.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/151/lei-265-01.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/152/lei-266-01.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/153/lei-267-01.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/154/lei-268-01.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/155/lei-269-01.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/156/lei-270-01.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/157/lei-271-01.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/158/lei-273-01.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/159/lei-275-01.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/160/lei-276-01.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/161/lei-277-01.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/162/lei-278-01.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/163/lei-279-01.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/164/lei-280-01.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/165/lei-281-01.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/166/lei-282-01.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/167/lei-285-01.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/168/lei-286-01.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/169/lei-287-01.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/170/lei-288-01.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/171/lei-290-01.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/172/lei-291-01.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/173/lei-294-01.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/174/lei-295-01.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/175/lei-296-01.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/176/lei-297-01.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/177/lei-298-01.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/178/lei-299-01.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/179/lei-300-01.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/180/lei-301-01.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/181/lei-302-01.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/182/lei-303-01.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/183/lei-304-01.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/184/lei-305-01.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/185/lei-306-01.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/186/lei-307-01.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/187/lei-309-01.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/188/lei-311-01.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/233/lei-180-00.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/234/lei-181-00.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/235/lei-182-00.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/236/lei-183-00.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/237/lei-184-00.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/238/lei-185-00.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/239/lei-186-00.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/240/lei-187-00.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/241/lei-188-00.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/242/lei-189-00.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/243/lei-190-00.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/244/lei-191-00.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/245/lei-192-00.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/246/lei-193-00.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/247/lei-194-00.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/248/lei-195-00.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/249/lei-196-00.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/250/lei-197-00.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/251/lei-198-00.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/252/lei-199-00.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/253/lei-200-00.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/254/lei-201-00.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/255/lei-202-00.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/256/lei-203-00.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/257/lei-204-00.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/258/lei-205-00.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/259/lei-206-00.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/260/lei-207-00.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/261/lei-209-00.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/262/lei-210-00.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/263/lei-211-00.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/264/lei-212-00.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/265/lei-213-00.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/266/lei-214-00.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/267/lei-215-00.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/268/lei-216-00.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/269/lei-217-00.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/189/lei-132-99.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/190/lei-133-99.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/191/lei-134-99.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/192/lei-135-99.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/193/lei-136-99.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/194/lei-137-99.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/195/lei-138-99.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/196/lei-139-99.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/197/lei-140-99.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/198/lei-141-99.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/199/lei-142-99.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/200/lei-143-99.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/202/lei-145-99.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/203/lei-146-99.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/204/lei-147-99.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/205/lei-148-99.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/206/lei-149-99.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/207/lei-150-99.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/208/lei-151-99.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/209/lei-152-99.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/210/lei-153-99.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/211/lei-154-99.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/212/lei-155-99.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/213/lei-156-99.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/214/lei-157-99.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/215/lei-158-99.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/216/lei-159-99.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/217/lei-160-99.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/218/lei-161-99.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/219/lei-162-99.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/220/lei-163-99.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/221/lei-165-99.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/223/lei-167-99.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/224/lei-168-99.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/225/lei-169-99.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/226/lei-170-99.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/227/lei-172-99.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/1165/lei_173-99_p1.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/228/lei-174-99.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/229/lei-175-99.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/230/lei-176-99.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/231/lei-178-99.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/232/lei-179-99.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/76/lei-076-98.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/77/lei-077-98.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/78/lei-078-98.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/79/lei-079-98.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/80/lei-080-98.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/81/lei-081-98.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/82/lei-082-98.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/83/lei-083-98.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/84/lei-085-98.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/85/lei-086-98.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/86/lei-087-98.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/87/lei-088-98.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/88/lei-089-98.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/89/lei-090-98.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/90/lei-091-98.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/91/lei-092-98.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/92/lei-093-98.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/93/lei-094-98.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/94/lei-095-98.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/95/lei-097-98.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/96/lei-098-98.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/97/lei-099-98.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/98/lei-100-98.pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/99/lei-101-98.pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/100/lei-102-98.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/101/lei-103-98.pdf" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/102/lei-104-98.pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/103/lei-105-98.pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/104/lei-106-98.pdf" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/105/lei-107-98.pdf" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/106/lei-108-98.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/107/lei-109-98.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/108/lei-110-98.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/109/lei-112-98.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/110/lei-113-98.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/111/lei-114-98.pdf" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/3/lei-organica-000-97.pdf" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/4/organiza-a-estrutura-da-prefeitura-de-cerrito-001-97.pdf" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/5/or-a-a-receita-e-fixa-a-despesa-do-munic-pio-de-ce_vaOCgdU.pdf" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/6/cria-cargos-de-provimento-em-comiss-o-do-munic-pio_dVuAP3m.pdf" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/7/fixa-o-valor-di-rias-e-ajudas-custo-do-prefeito-vi_vTsuP9Z.pdf" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/8/institui-as-normas-para-a-concess-o-de-aux-lios-e-_4xtVu7v.pdf" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/9/cria-o-conselho-municipal-de-sa-de-e-d-outras-prov_dv7CahQ.pdf" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/10/cria-o-conselho-municipal-de-sa-de-e-d-outras-pro_gMI5Gaj.pdf" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/11/cria-o-conselho-municipal-de-assist-ncia-social-e_o2DUkac.pdf" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/12/cria-o-fundo-municipal-de-assist-ncia-social-e-d-_wYA03SA.pdf" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/13/cria-o-conselho-municipal-de-desenvolvimento-agro_ib63f0f.pdf" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/14/disp-e-cria-o-fundo-municipal-desenvolvimento-agr_dhICZUO.pdf" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/15/cria-cargos-de-dom-sticas-012-97.pdf" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/16/lei-013-97.pdf" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/17/lei-014-97.pdf" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/18/lei-015-97.pdf" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/19/lei-016-97.pdf" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/20/lei-017-97.pdf" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/21/lei-018-97.pdf" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/22/lei-019-97.pdf" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/23/lei-020-97.pdf" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/24/lei-021-97.pdf" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/25/lei-022-97.pdf" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/26/lei-023-97.pdf" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/27/lei-024-97.pdf" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/28/lei-025-97.pdf" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/29/lei-027-97.pdf" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/30/lei-028-97.pdf" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/31/lei-029-97.pdf" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/32/lei-030-97.pdf" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/33/lei-031-97.pdf" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/34/lei-032-97.pdf" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/35/lei-033-97.pdf" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/36/lei-034-97.pdf" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/37/lei-035-97.pdf" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/38/lei-036-97.pdf" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/39/lei-037-97.pdf" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/40/lei-038-97.pdf" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/41/lei-039-97.pdf" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/42/lei-040-97.pdf" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/43/lei-041-97.pdf" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/44/lei-042-97.pdf" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/45/lei-043-97.pdf" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/46/lei-044-97.pdf" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/47/lei-045-97.pdf" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/48/lei-047-97.pdf" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/49/lei-048-97.pdf" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/50/lei-049-97.pdf" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/51/lei-050-97.pdf" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/52/lei-051-97.pdf" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/53/lei-052-97.pdf" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/54/lei-053-97.pdf" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/55/lei-054-97.pdf" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/56/lei-055-97.pdf" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/57/lei-056-97.pdf" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/58/lei-057-97.pdf" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/59/lei-058-97.pdf" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/60/lei-059-97.pdf" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/61/lei-060-97.pdf" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/62/lei-061-97.pdf" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/63/lei-062-97.pdf" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/64/lei-063-97.pdf" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/65/lei-064-97.pdf" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/66/lei-066-97-2-.pdf" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/67/lei-067-97-2-.pdf" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/68/lei-068-97-2-.pdf" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/69/lei-069-97a.pdf" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/70/lei-070-97.pdf" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/71/lei-071-97.pdf" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/72/lei-072-97.pdf" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/73/lei-073-97.pdf" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/74/lei-074-97.pdf" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/75/lei-075-97.pdf" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1995/1/n-000-criacao-do-municipio-de-cerrito.pdf" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1995/2/n-046-mudan-a-da-data-de-anivers-rio-do-munic-pio-_FQ5tJtY.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1426/projeto_de_lei_no_001_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1427/projeto_de_lei_no_002_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1428/projeto_de_lei_no_003_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1442/projeto_de_lei_no_004_2022_contratacao_emergencial_-_professor.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1443/projeto_de_lei_no_005-2022_-_p._historia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1444/projeto_de_lei_no_006-2022_-_p._portugues-ingles.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1445/projeto_de_lei_no_007_inclui_o__3o_no_artigo_25_da_lei_municipal_no_4422005_que_institui_o_plano_de_carreira.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1446/projeto_de_lei_no_008_revisao_geral_anual_prof_pedagogo_aumento_real_equiparar_piso_nacional_e_revisao_ag_comu.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1447/projeto_de_lei_no_009_2022_programa_de_demissao_voluntaria__pdv_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1448/projeto_de_lei_no_010_2022_cria_o_conselho_municipal_de_saneamento_basico_de_cerrito_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1449/projeto_de_lei_no_011_2022_gratif_aos_serv_publicos_municipais_ocupantes_do_cargo_de_motorista_de_cacamba.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1450/projeto_de_lei_no_012_abertua_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1451/projeto_de_lei_no_013_altera_lei_1343_rpps.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1452/projeto_de_lei_no_014_revoga_medidas_uso_mascara.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1453/projeto_de_lei_no_015_prof_matematica.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1454/projeto_de_lei_no_016_contratacao_motorista.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1455/projeto_de_lei_no_017_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1456/projeto_de_lei_no_018_altera_a_redacao_do_anexo_i_da_lei_municipal_no_1520_de_22_de_novembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1457/projeto_de_lei_no_019_altera_a_redacao_do_anexo_iii_da_lei_municipal_no_1524_de_17_de_dezembro_de_2021__ldo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1458/projeto_de_lei_no_020_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1459/projeto_de_lei_no_021_altera_a_redacao_do_anexo_i_da_lei_municipal_no_1520_de_22_de_novembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1460/projeto_de_lei_no_022_altera_a_redacao_do_anexo_iii_da_lei_municipal_no_1524_de_17_de_dezembro_de_2021__ldo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1461/projeto_de_lei_no_023_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1462/projeto_de_lei_no_024_altera_a_redacao_do_anexo_i_da_lei_municipal_no_1520_de_22_de_novembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1463/projeto_de_lei_no_025_altera_a_redacao_do_anexo_iii_da_lei_municipal_no_1524_de_17_de_dezembro_de_2021__ldo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1464/projeto_de_lei_no_026_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1465/projeto_de_lei_no_027_altera_a_redacao_do_anexo_i_da_lei_municipal_no_1520_de_22_de_novembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1466/projeto_de_lei_no_028_altera_a_redacao_do_anexo_iii_da_lei_municipal_no_1524_de_17_de_dezembro_de_2021__ldo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1467/projeto_de_lei_no_029_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1468/projeto_de_lei_no_030_autoriza_a_contratacao_temporaria_em_carater_emergencial_servente.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1469/projeto_de_lei_no_031_autoriza_a_contratacao_temporaria_em_carater_emergencial_operario.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1470/projeto_de_lei_no_031_autoriza_a_contratacao_temporaria_em_carater_emergencial_operario.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1471/projeto_de_lei_no_033_autoriza_a_abertura_de_credito_adicional_especial_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1472/projeto_de_lei_no_034_revisao_geral_anual_remuneracao_dos_conselheiros_tutelares_bem_como_concede_aumento.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2022/1473/projeto_de_lei_no_035_cria_emprego_publico_de_agente_de_combate_a_endemias_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1358/projeto_de_lei_no_013_-_servente_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1359/projeto_de_lei_n._014_de_2021_-_projeto_de_lei_para_compra_de_vacinas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1360/projeto_de_lei_no_015_-_operador_de_maquina_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1361/projeto_de_lei_no_016_-_tecnico_em_enfermagem-_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1362/projeto_de_lei__no_018_21_-_construcao_predio_sec._assist._social_2.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1363/projeto_de_lei_no_021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1364/projeto_de_lei_no_022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1365/projeto_de_lei_no_023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_lei_no_024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_no_025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1368/projeto_de_lei_no_027_2.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1369/projeto_de_lei_no_028.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1370/projeto_de_lei_no_029_2021_1.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1371/projeto_de_lei_no_030_santa_casa_1.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1372/projeto_de_lei_031_-_contratacao_de_pedreiro_2.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1373/projeto_de_lei_032-_abertura_de_credito_aquisicao_de_terreno_1.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1374/projeto_de_lei_no_034_2021_2.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1375/projeto_de_lei_no_035_2.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1376/projeto_de_lei_no_036_2021_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1377/projeto_de_lei_no_037_2021_2.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1378/projeto_de_lei_no_038.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1379/projeto_de_lei_no_039_2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1380/pl_40_-_cessao_uso_oneroso_1.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1381/projeto_de_lei_no_043_1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1382/projeto_de_lei_no_044_1.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1383/projeto_de_lei_no_050.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_no_051.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1411/projeto_de_lei_no_055_2.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1412/projeto_de_lei_no_056_1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1413/projeto_de_lei_no_057_1.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1414/projeto_de_lei_no_058.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1415/projeto_de_lei_no_059.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1416/projeto_de_lei_no_060.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1417/projeto_de_lei_no_061.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1418/projeto_de_lei_no_062.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_no_063.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1420/projeto_de_lei_no_064_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei_no_065_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1422/projeto_de_lei_no_066.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_no_067_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_no_068_2.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2021/1425/projeto_de_lei_no_069-2021_2.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1185/lei_1346.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1186/lei_1347.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1187/lei_1348.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1188/lei_1349.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1189/lei_1350.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1190/lei_1351.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1191/lei_1352.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1192/lei_1353.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1193/lei_1354.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1194/lei_1355.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1195/lei_1356.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1196/lei_1357.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1197/lei_1358.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1198/lei_1359.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1199/lei_1360.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1200/lei_1361.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1201/lei_1362.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1202/lei_1364.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1203/lei_1365.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1204/lei_1366.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1205/lei_1367.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1206/lei_1368.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1207/lei_1369.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1208/lei_1370.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1209/lei_1371.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1210/lei_1372.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1211/lei_1373.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1212/lei_1374.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1213/lei_1375.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1214/lei_1376.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1215/lei_1377.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1216/lei_1378.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1217/lei_1379.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1218/lei_1380.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1219/lei_1381.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1220/lei_1382.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2019/1221/lei_1383.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1096/lei_1257.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1097/lei_1258.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1098/lei_1259.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1099/lei_1260.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1100/lei_1261.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1101/lei_1262.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1102/lei_1263.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1103/lei_1264.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1104/lei_1265.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1105/lei_1266.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1106/lei_1267.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1107/lei_1268.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1108/lei_1269.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1109/lei_1270.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1110/lei_1271.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1111/lei_1272.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1112/lei_1273.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1113/lei_1274.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1114/lei_1275.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1115/lei_1276.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1116/lei_1277.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1117/lei_1278.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1118/lei_1279.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1119/lei_1280.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1120/lei_1281.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1121/lei_1282.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1122/lei_1283.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1123/lei_1284.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1124/lei_1285.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1125/lei_1286.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1126/lei_1287.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1127/lei_1288.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1128/lei_1289.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1129/lei_1290.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1130/lei_1291.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1131/lei_1292.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1132/lei_1293.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1133/lei_1294.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1134/lei_1295.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1135/lei_1296.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1136/lei_1297.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1137/lei_1298.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1138/lei_1299.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1139/lei_1300.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1140/lei_1301.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1141/lei_1302.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1142/lei_1303.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1143/lei_1304.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1145/lei_1306.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1146/lei_1307.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1147/lei_1308.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1148/lei_1309.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1149/lei_1310.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1150/lei_1311.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1151/lei_1312.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1152/lei_1313.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1153/lei_1314.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1154/lei_1315.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1155/lei_1316.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1156/lei_1317.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1157/lei_1318.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1158/lei_1319.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1159/lei_1320.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1160/lei_1321.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1161/lei_1322.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1162/lei_1323.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1163/lei_1324.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1164/lei_1325.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1167/lei_1326.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1168/lei_1327.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1169/lei_1328.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1170/lei_1330.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1171/lei_1331.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1172/lei_1332.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1173/lei_1333.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1174/lei_1334.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1175/lei_1335.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1176/lei_1336.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1177/lei_1337.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1178/lei_1338.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1179/lei_1339.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1180/lei_1340.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1181/lei_1342.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1182/lei_1343.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1183/lei_1344.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2018/1184/lei_1345.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1022/lei_1182.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1023/lei_1183.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1024/lei_1184.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1025/lei_1185.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1026/lei_1186.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1027/lei_1187.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1028/lei_1188.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1029/lei_1189.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1030/lei_1190.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1031/lei_1191.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1032/lei_1192.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1033/lei_1193.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1034/lei_1194.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1035/lei_1195.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1036/lei_1196.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1037/lei_1197.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1038/lei_1198.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1039/lei_1199.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1040/lei_1200.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1041/lei_1201.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1042/lei_1202.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1043/lei_1203.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1044/lei_1204.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1045/lei_1205.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1046/lei_1206.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1047/lei_1207.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1048/lei_1208.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1049/lei_1209.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1050/lei_1210.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1051/lei_1211.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1052/lei_1212.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1053/lei_1213.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1054/lei_1214.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1055/lei_1215.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1056/lei_1216.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1057/lei_1217.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1058/lei_1218.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1059/lei_1219.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1060/lei_1220.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1061/lei_1221.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1062/lei_1222.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1063/lei_1223.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1064/lei_1224.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1065/lei_1225.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1066/lei_1227.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1067/lei_1227.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1068/lei_1228.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1069/lei_1229.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1070/lei_1230.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1071/lei_1231.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1072/lei_1232.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1073/lei_1233.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1074/lei_1234.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1075/lei_1235.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1076/lei_1236.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1077/lei_1238.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1078/lei_1239.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1079/lei_1239.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1080/lei_1240.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1081/lei_1241.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1082/lei_1243.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1083/lei_1244.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1084/lei_1245.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1085/lei_1246.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1086/lei_1247.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1087/lei_1248.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1088/lei_1249.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1089/lei_1250.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1090/lei_1251.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1091/lei_1252.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1092/lei_1253.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1093/lei_1254.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1094/lei_1255.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2017/1095/lei_1256.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/973/lei_1130.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/974/lei_1131.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/975/lei_1132.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/976/lei_1133.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/977/lei_1134.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/978/lei_1135.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/979/lei_1136.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/980/lei_1137.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/981/lei_1138.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/982/lei_1139.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/983/lei_1140.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/984/lei_1141.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/985/lei_1142.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/986/lei_1143.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/987/lei_1144.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/988/lei_1145.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/989/lei_1146.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/990/lei_1147.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/991/lei_1148.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/992/lei_1149.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/993/lei_1150.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/994/lei_1151.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/995/lei_1152.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/996/lei_1153.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/997/lei_1154.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/998/lei_1155.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/999/lei_1156.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1000/lei_1157.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1001/lei_1158.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1002/lei_1159.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1003/lei_1160.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1004/lei_1161.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1005/lei_1162.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1006/lei_1163.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1007/lei_1164.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1008/lei_1165.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1009/lei_1166.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1010/lei_1167.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1011/lei_1170.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1012/lei_1171.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1013/lei_1172.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1014/lei_1173.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1015/lei_1174.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1016/lei_1175.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1017/lei_1176.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1018/lei_1177.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1019/lei_1178.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1020/lei_1179.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2016/1021/lei_1181.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/927/lei_1083.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/928/lei_1084.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/929/lei_1085.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/930/lei_1086.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/931/lei_1087.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/932/lei_1088.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/933/lei_1089.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/934/lei_1090.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/935/lei_1091.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/936/lei_1092.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/937/lei_1093.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/938/lei_1094.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/939/lei_1095.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/940/lei_1096.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/941/lei_1097.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/942/lei_1098.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/943/lei_1099.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/944/lei_1100.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/945/lei_1101.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/946/lei_1102.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/947/lei_1103.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/948/lei_1104.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/949/lei_1105.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/950/lei_1106.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/951/lei_1107.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/952/lei_1108.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/953/lei_1109.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/954/lei_1110.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/955/lei_1111.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/956/lei_1112.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/957/lei_1113.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/958/lei_1114.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/959/lei_1115.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/960/lei_1116.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/961/lei_1117.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/962/lei_1118.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/963/lei_1119.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/964/lei_1120.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/965/lei_1121.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/966/lei_1123.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/967/lei_1124.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/968/lei_1125.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/969/lei_1126.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/970/lei_1127.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/971/lei_1128.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2015/972/lei_1129.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/867/lei_1020.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/868/lei_1021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/869/lei_1022.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/870/lei_1023.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/871/lei_1024.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/872/lei_1025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/873/lei_1026.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/874/lei_1027.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/875/lei_1028.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/876/lei_1029.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/877/lei_1030.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/878/lei_1031.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/879/lei_1032.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/880/lei_1033.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/881/lei_1034.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/882/lei_1035.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/883/lei_1037.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/884/lei_1038.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/885/lei_1039.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/886/lei_1040.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/887/lei_1041.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/888/lei_1042.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/889/lei_1043.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/890/lei_1044.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/891/lei_1045.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/892/lei_1046.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/893/lei_1047.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/894/lei_1048.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/895/lei_1049.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/896/lei_1050.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/897/lei_1051.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/898/lei_1052.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/899/lei_1053.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/900/lei_1054.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/901/lei_1055.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/902/lei_1056.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/903/lei_1057.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/904/lei_1058.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/905/lei_1059.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/906/lei_1060.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/907/lei_1061.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/908/lei_1062.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/909/lei_1063.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/910/lei_1064.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/911/lei_1066.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/912/lei_1067.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/913/lei_1068.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/914/lei_1069.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/915/lei_1070.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/916/lei_1071.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/917/lei_1072.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/918/lei_1074.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/919/lei_1075.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/920/lei_1076.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/921/lei_1077.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/922/lei_1078.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/923/lei_1079.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/924/lei_1080.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/925/lei_1081.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2014/926/lei_1082.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/802/lei_952.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/803/lei_953.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/804/lei_954.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/805/lei_955.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/806/lei_956.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/807/lei_957.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/808/lei_958.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/809/lei_959.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/810/lei_960.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/811/lei_961.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/812/lei_962.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/813/lei_963.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/814/lei_964.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/815/lei_965.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/816/lei_966.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/817/lei_967.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/818/lei_968.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/819/lei_969.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/820/lei_970.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/821/lei_971.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/822/lei_972.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/823/lei_973.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/824/lei_974.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/825/lei_975.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/826/lei_976.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/827/lei_977.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/828/lei_978.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/829/lei_979.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/830/lei_980.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/831/lei_981.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/832/lei_982.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/833/lei_983.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/834/lei_984.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/835/lei_985.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/836/lei_986.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/837/lei_987.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/838/lei_988.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/839/lei_989.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/840/lei_990.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/841/lei_991.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/842/lei_992.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/843/lei_993.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/844/lei_994.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/845/lei_995.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/846/lei_996.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/847/lei_997.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/848/lei_999.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/849/lei_1000.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/850/lei_1001.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/851/lei_1002.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/852/lei_1003.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/853/lei_1004.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/854/lei_1005.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/855/lei_1006.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/856/lei_1008.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/857/lei_1009.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/858/lei_1010.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/859/lei_1011.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/860/lei_1012.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/861/lei_1013.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/862/lei_1014.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/863/lei_1015.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/864/lei_1017.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/865/lei_1018.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2013/866/lei_1019.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/746/lei_890.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/747/lei_891.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/748/lei_892.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/749/lei_893.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/750/lei_894.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/751/lei_895.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/752/lei_896.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/753/lei_897.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/754/lei_898.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/755/lei_899.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/756/lei_900.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/757/lei_901.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/758/lei_902.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/759/lei_903.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/760/lei_904.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/761/lei_907.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/762/lei_908.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/763/lei_909.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/764/lei_910.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/765/lei_911.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/766/lei_912.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/767/lei_913.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/768/lei_914.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/769/lei_915.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/770/lei_916.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/771/lei_917.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/772/lei_918.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/773/lei_919.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/774/lei_920.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/775/lei_921.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/776/lei_922.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/777/lei_923.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/778/lei_924.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/779/lei_925.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/780/lei_926.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/781/lei_927.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/782/lei_928.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/783/lei_929.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/784/lei_930.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/785/lei_931.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/786/lei_932.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/787/lei_933.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/788/lei_934.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/789/lei_935.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/790/lei_936.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/791/lei_937.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/792/lei_938.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/793/lei_939.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/794/lei_940.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/795/lei_941.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/796/lei_942.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/797/lei_943.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/798/lei_946.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/799/lei_947.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/800/lei_949.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2012/801/lei_950.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/646/lei_788.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/647/lei_789.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/648/lei_790.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/649/lei_791.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/650/lei_792.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/651/lei_793.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/652/lei_794.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/653/lei_795.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/654/lei_796.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/655/lei_797.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/656/lei_798.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/657/lei_799.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/658/lei_800.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/659/lei_801.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/660/lei_802.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/661/lei_803.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/662/lei_804.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/663/lei_805.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/664/lei_806.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/665/lei_807.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/666/lei_808.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/667/lei_809.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/668/lei_810.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/669/lei_811.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/670/lei_812.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/671/lei_813.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/672/lei_814.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/673/lei_815.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/674/lei_816.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/675/lei_817.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/676/lei_818.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/677/lei_819.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/678/lei_820.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/679/lei_821.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/680/lei_822.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/681/lei_823.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/682/lei_824.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/683/lei_825.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/684/lei_826.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/685/lei_827.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/686/lei_828.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/687/lei_829.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/688/lei_830.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/689/lei_831.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/690/lei_832.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/691/lei_833.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/692/lei_834.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/693/lei_835.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/694/lei_837.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/695/lei_838.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/696/lei_839.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/697/lei_840.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/698/lei_841.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/699/lei_842.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/700/lei_843.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/701/lei_844.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/702/lei_845.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/703/lei_846.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/704/lei_847.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/705/lei_848.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/706/lei_849.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/707/lei_850.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/708/lei_851.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/709/lei_852.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/710/lei_853.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/711/lei_854.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/712/lei_855.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/713/lei_856.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/714/lei_857.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/715/lei_858.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/716/lei_859.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/717/lei_860.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/718/lei_861.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/719/lei_862.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/720/lei_863.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/721/lei_864.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/722/lei_865.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/723/lei_866.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/724/lei_867.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/725/lei_868.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/726/lei_869.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/727/lei_870.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/728/lei_871.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/729/lei_872.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/730/lei_873.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/731/lei_874.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/732/lei_875.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/733/lei_876.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/734/lei_877.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/735/lei_878.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/736/lei_879.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/737/lei_880.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/738/lei_881.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/739/lei_883.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/740/lei_884.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/741/lei_885.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/742/lei_886.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/743/lei_887.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/744/lei_888.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2011/745/lei_889.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/523/lei_662.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/524/lei_663.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/525/lei_664.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/526/lei_665.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/527/lei_666.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/528/lei_667.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/529/lei_668.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/530/lei_669.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/531/lei_671.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/532/lei_672.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/533/lei_673.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/534/lei_674.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/535/lei_675.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/536/lei_676.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/537/lei_677.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/538/lei_678.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/539/lei_679.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/540/lei_680.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/541/lei_681.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/542/lei_682.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/543/lei_683.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/544/lei_684.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/545/lei_685.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/546/lei_686.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/547/lei_687.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/548/lei_688.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/549/lei_689.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/550/lei_690.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/551/lei_691.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/552/lei_692.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/553/lei_693.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/554/lei_694.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/555/lei_695.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/556/lei_696.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/557/lei_697.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/558/lei_698.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/559/lei_699.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/560/lei_700.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/561/lei_701.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/562/lei_702.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/563/lei_703.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/564/lei_704.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/565/lei_705.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/566/lei_706.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/567/lei_707.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/568/lei_708.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/569/lei_709.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/570/lei_710.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/571/lei_711.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/572/lei_712.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/573/lei_713.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/574/lei_714.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/575/lei_715.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/576/lei_716.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/577/lei_717.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/578/lei_718.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/579/lei_719.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/580/lei_720.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/581/lei_721.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/582/lei_722.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/583/lei_723.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/584/lei_724.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/585/lei_725.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/586/lei_726.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/587/lei_727.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/588/lei_728.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/589/lei_729.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/590/lei_730.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/591/lei_731.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/592/lei_732.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/593/lei_733.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/594/lei_734.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/595/lei_735.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/596/lei_736.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/597/lei_737.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/598/lei_738.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/599/lei_739.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/600/lei_740.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/601/lei_741.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/602/lei_742.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/603/lei_743.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/604/lei_744.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/605/lei_745.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/606/lei_746.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/607/lei_747.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/608/lei_748.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/609/lei_749.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/610/lei_750.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/611/lei_751.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/612/lei_752.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/613/lei_753.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/614/lei_754.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/615/lei_755.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/616/lei_756.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/617/lei_757.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/618/lei_758.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/619/lei_759.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/620/lei_760.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/621/lei_761.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/622/lei_762.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/623/lei_763.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/624/lei_764.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/625/lei_765.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/626/lei_766.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/627/lei_767.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/628/lei_768.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/629/lei_769.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/630/lei_770.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/631/lei_771.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/632/lei_772.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/633/lei_773.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/634/lei_774.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/635/lei_776.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/636/lei_777.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/637/lei_778.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/638/lei_779.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/639/lei_780.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/640/lei_781.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/641/lei_782.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/642/lei_784.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/643/lei_785.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/644/lei_786.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2010/645/lei_787.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/458/lei-593.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/459/lei-594.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/460/lei-595.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/461/lei-596.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/462/lei-597.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/463/lei-598.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/464/lei-599.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/465/lei-600.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/466/lei-601.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/467/lei-602.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/468/lei-603.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/469/lei-604.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/470/lei-605.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/471/lei-606.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/472/lei-607.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/473/lei_608.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/474/lei_609.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/475/lei_610.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/476/lei_611.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/477/lei_612.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/478/lei_613.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/479/lei_614.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/480/lei_615.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/481/lei_616.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/482/lei_617.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/483/lei_618.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/484/lei_619.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/485/lei_620.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/486/lei_621.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/487/lei_622.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/488/lei_623.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/489/lei_624.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/490/lei_625.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/491/lei_626.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/492/lei_627.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/493/lei_628.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/494/lei_629.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/495/lei_630.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/496/lei_631.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/497/lei_632.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/498/lei_633.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/499/lei_634.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/500/lei_635.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/501/lei_636.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/502/lei_637.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/503/lei_638.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/504/lei_639.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/505/lei_640.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/506/lei_641.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/507/lei_642.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/508/lei_643.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/509/lei_644.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/510/lei_645.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/511/lei_646.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/512/lei_648.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/513/lei_649.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/514/lei_652.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/515/lei_653.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/516/lei_654.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/517/lei_655.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/518/lei_656.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/519/lei_657.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/520/lei_658.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/521/lei_660.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2009/522/lei_661.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/404/lei-538-08.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/405/lei-539-08.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/406/lei-540-08.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/407/lei-541-08.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/408/lei-542-08.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/409/lei-543-08.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/410/lei-544-08.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/411/lei-545-08.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/412/lei-546-08.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/413/lei-547-08.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/414/lei-548-08.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/415/lei-549-08.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/416/lei-550-08.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/417/lei-551-08.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/418/lei-552-08.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/419/lei-553-08.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/420/lei-554-08.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/421/lei-555-08.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/422/lei-556-08.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/423/lei-557-08.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/424/lei-558-08.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/425/lei-559-08.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/426/lei-560-08.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/427/lei-562-08.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/428/lei-563-08.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/429/lei-564-08.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/430/lei-565-08.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/431/lei-566-08.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/432/lei-567-08.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/433/lei-568-08.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/434/lei-569-08.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/435/lei-570-08.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/436/lei-571-08.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/437/lei-572-08.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/438/lei-573-08.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/439/lei-574-08.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/440/lei-575-08.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/441/lei-577-08.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/442/lei-578-08.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/443/lei-579-08.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/444/lei-580-08.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/445/lei-581-08.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/446/lei-582-08.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/448/lei-584-08.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/449/lei-585-08.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/450/lei-586-08.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/451/lei-587-08.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/452/lei-588-08.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/453/lei-589-08.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/454/lei-590-08.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/455/lei-591-08.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2008/456/lei-592-08.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/395/lei-501-07.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/396/lei-516-07.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/397/lei-518-07.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/398/lei-519-07.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/399/lei-520-07.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/400/lei-527-07.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/401/lei-529-07.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/402/lei-532-07.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2007/403/lei-533-07.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/367/lei-417-05.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/368/lei-418-05.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/369/lei-419-05.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/370/lei-420-05.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/371/lei-421-05.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/372/lei-422-05.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/373/lei-423-05.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/374/lei-424-05.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/375/lei-425-05.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/376/lei-426-05.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/377/lei-427-05.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/378/lei-428-05.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/379/lei-429-05.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/380/lei-430-05.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/381/lei-431-05.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/382/lei-432-05.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/383/lei-433-05.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/384/lei-434-05.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/385/lei-435-05.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/386/lei-436-05.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/387/lei-437-05.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/388/lei-438-05.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/389/lei-439-05.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/390/lei-440-05.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/391/lei-441-05.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/392/lei-442-05.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/393/lei-443-05.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2005/394/lei-444-05.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/342/lei-386-04.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/343/lei-387-04.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/344/lei-388-04.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/345/lei-389-04.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/346/lei-390-04.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/347/lei-391-04.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/348/lei-392-04.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/349/lei-393-04.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/350/lei-394-04.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/351/lei-395-04.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/352/lei-396-04.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/353/lei-397-04.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/354/lei-398-04.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/355/lei-399-04.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/356/lei-400-04.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/357/lei-401-04.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/358/lei-402-04.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/359/lei-403-04.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/360/lei-405-04.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/361/lei-406-04.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/362/lei-409-04.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/363/lei-410-04.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/364/lei-411-04.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/365/lei-412-04.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2004/366/lei-416-04.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/322/lei-362-03.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/325/lei-363-03.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/326/lei-364-03.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/327/lei-365-03.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/328/lei-366-03.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/329/lei-367-03.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/330/lei-368-03.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/331/lei-369-03.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/332/lei-371-03-.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/333/lei-372-03.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/334/lei-373-03.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/335/lei-379-03.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/336/lei-380-03.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/337/lei-381-03.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/338/lei-382-03.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/339/lei-383-03.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/340/lei-384-03.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2003/341/lei-385-03.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/270/lei-310-02.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/271/lei-311-02.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/272/lei-312-02.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/273/lei-313-02.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/274/lei-314-02.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/275/lei-315-02.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/276/lei-316-02.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/277/lei-317-02.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/278/lei-318-02.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/279/lei-319-02.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/280/lei-320-02.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/281/lei-321-02.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/282/lei-322-02.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/283/lei-323-02.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/284/lei-324-02.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/285/lei-325-02.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/286/lei-326-02.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/287/lei-327-02.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/288/lei-328-02.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/289/lei-329-02.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/290/lei-330-02.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/291/lei-331-02.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/292/lei-332-02.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/293/lei-333-02.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/294/lei-334-02.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/295/lei-335-02.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/296/lei-336-02.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/297/lei-337-02.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/298/lei-338-02.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/299/lei-339-02.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/300/lei-340-02.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/301/lei-341-02.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/302/lei-342-02.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/303/lei-343-02.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/304/lei-344-02.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/305/lei-345-02.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/306/lei-346-02.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/307/lei-347-02.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/308/lei-348-02.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/309/lei-349-02.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/310/lei-350-02.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/311/lei-351-02.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/312/lei-352-02.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/313/lei-353-02.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/314/lei-354-02.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/315/lei-355-02.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/316/lei-356-02.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/317/lei-357-02.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/318/lei-358-02.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/319/lei-359-02.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/320/lei-360-02.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2002/321/lei-361-02.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/112/lei-218-01.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/113/lei-219-01.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/114/lei-220-01.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/115/lei-221-01.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/116/lei-222-01.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/117/lei-223-01.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/118/lei-224-01.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/119/lei-226-01.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/120/lei-230-01.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/121/lei-231-01.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/122/lei-232-01.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/123/lei-233-01.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/124/lei-234-01.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/125/lei-235-01.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/126/lei-236-01.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/127/lei-237-01.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/128/lei-238-01.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/129/lei-239-01.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/130/lei-240-01.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/131/lei-241-01.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/132/lei-244-01.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/133/lei-245-01.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/134/lei-246-01.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/135/lei-247-01.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/136/lei-248-01.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/137/lei-249-01.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/138/lei-250-01.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/139/lei-252-01.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/140/lei-253-01.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/141/lei-254-01.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/142/lei-255-01.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/143/lei-256-01.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/144/lei-257-01.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/145/lei-258-01.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/146/lei-259-01.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/147/lei-260-01.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/148/lei-261-01.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/149/lei-262-01.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/150/lei-264-01.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/151/lei-265-01.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/152/lei-266-01.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/153/lei-267-01.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/154/lei-268-01.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/155/lei-269-01.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/156/lei-270-01.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/157/lei-271-01.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/158/lei-273-01.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/159/lei-275-01.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/160/lei-276-01.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/161/lei-277-01.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/162/lei-278-01.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/163/lei-279-01.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/164/lei-280-01.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/165/lei-281-01.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/166/lei-282-01.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/167/lei-285-01.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/168/lei-286-01.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/169/lei-287-01.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/170/lei-288-01.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/171/lei-290-01.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/172/lei-291-01.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/173/lei-294-01.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/174/lei-295-01.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/175/lei-296-01.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/176/lei-297-01.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/177/lei-298-01.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/178/lei-299-01.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/179/lei-300-01.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/180/lei-301-01.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/181/lei-302-01.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/182/lei-303-01.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/183/lei-304-01.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/184/lei-305-01.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/185/lei-306-01.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/186/lei-307-01.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/187/lei-309-01.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2001/188/lei-311-01.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/233/lei-180-00.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/234/lei-181-00.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/235/lei-182-00.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/236/lei-183-00.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/237/lei-184-00.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/238/lei-185-00.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/239/lei-186-00.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/240/lei-187-00.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/241/lei-188-00.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/242/lei-189-00.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/243/lei-190-00.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/244/lei-191-00.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/245/lei-192-00.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/246/lei-193-00.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/247/lei-194-00.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/248/lei-195-00.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/249/lei-196-00.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/250/lei-197-00.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/251/lei-198-00.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/252/lei-199-00.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/253/lei-200-00.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/254/lei-201-00.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/255/lei-202-00.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/256/lei-203-00.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/257/lei-204-00.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/258/lei-205-00.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/259/lei-206-00.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/260/lei-207-00.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/261/lei-209-00.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/262/lei-210-00.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/263/lei-211-00.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/264/lei-212-00.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/265/lei-213-00.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/266/lei-214-00.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/267/lei-215-00.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/268/lei-216-00.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/2000/269/lei-217-00.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/189/lei-132-99.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/190/lei-133-99.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/191/lei-134-99.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/192/lei-135-99.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/193/lei-136-99.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/194/lei-137-99.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/195/lei-138-99.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/196/lei-139-99.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/197/lei-140-99.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/198/lei-141-99.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/199/lei-142-99.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/200/lei-143-99.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/202/lei-145-99.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/203/lei-146-99.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/204/lei-147-99.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/205/lei-148-99.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/206/lei-149-99.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/207/lei-150-99.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/208/lei-151-99.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/209/lei-152-99.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/210/lei-153-99.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/211/lei-154-99.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/212/lei-155-99.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/213/lei-156-99.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/214/lei-157-99.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/215/lei-158-99.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/216/lei-159-99.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/217/lei-160-99.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/218/lei-161-99.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/219/lei-162-99.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/220/lei-163-99.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/221/lei-165-99.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/223/lei-167-99.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/224/lei-168-99.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/225/lei-169-99.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/226/lei-170-99.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/227/lei-172-99.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/1165/lei_173-99_p1.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/228/lei-174-99.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/229/lei-175-99.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/230/lei-176-99.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/231/lei-178-99.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1999/232/lei-179-99.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/76/lei-076-98.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/77/lei-077-98.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/78/lei-078-98.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/79/lei-079-98.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/80/lei-080-98.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/81/lei-081-98.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/82/lei-082-98.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/83/lei-083-98.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/84/lei-085-98.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/85/lei-086-98.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/86/lei-087-98.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/87/lei-088-98.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/88/lei-089-98.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/89/lei-090-98.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/90/lei-091-98.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/91/lei-092-98.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/92/lei-093-98.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/93/lei-094-98.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/94/lei-095-98.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/95/lei-097-98.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/96/lei-098-98.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/97/lei-099-98.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/98/lei-100-98.pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/99/lei-101-98.pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/100/lei-102-98.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/101/lei-103-98.pdf" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/102/lei-104-98.pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/103/lei-105-98.pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/104/lei-106-98.pdf" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/105/lei-107-98.pdf" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/106/lei-108-98.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/107/lei-109-98.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/108/lei-110-98.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/109/lei-112-98.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/110/lei-113-98.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1998/111/lei-114-98.pdf" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/3/lei-organica-000-97.pdf" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/4/organiza-a-estrutura-da-prefeitura-de-cerrito-001-97.pdf" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/5/or-a-a-receita-e-fixa-a-despesa-do-munic-pio-de-ce_vaOCgdU.pdf" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/6/cria-cargos-de-provimento-em-comiss-o-do-munic-pio_dVuAP3m.pdf" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/7/fixa-o-valor-di-rias-e-ajudas-custo-do-prefeito-vi_vTsuP9Z.pdf" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/8/institui-as-normas-para-a-concess-o-de-aux-lios-e-_4xtVu7v.pdf" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/9/cria-o-conselho-municipal-de-sa-de-e-d-outras-prov_dv7CahQ.pdf" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/10/cria-o-conselho-municipal-de-sa-de-e-d-outras-pro_gMI5Gaj.pdf" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/11/cria-o-conselho-municipal-de-assist-ncia-social-e_o2DUkac.pdf" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/12/cria-o-fundo-municipal-de-assist-ncia-social-e-d-_wYA03SA.pdf" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/13/cria-o-conselho-municipal-de-desenvolvimento-agro_ib63f0f.pdf" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/14/disp-e-cria-o-fundo-municipal-desenvolvimento-agr_dhICZUO.pdf" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/15/cria-cargos-de-dom-sticas-012-97.pdf" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/16/lei-013-97.pdf" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/17/lei-014-97.pdf" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/18/lei-015-97.pdf" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/19/lei-016-97.pdf" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/20/lei-017-97.pdf" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/21/lei-018-97.pdf" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/22/lei-019-97.pdf" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/23/lei-020-97.pdf" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/24/lei-021-97.pdf" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/25/lei-022-97.pdf" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/26/lei-023-97.pdf" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/27/lei-024-97.pdf" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/28/lei-025-97.pdf" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/29/lei-027-97.pdf" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/30/lei-028-97.pdf" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/31/lei-029-97.pdf" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/32/lei-030-97.pdf" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/33/lei-031-97.pdf" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/34/lei-032-97.pdf" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/35/lei-033-97.pdf" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/36/lei-034-97.pdf" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/37/lei-035-97.pdf" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/38/lei-036-97.pdf" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/39/lei-037-97.pdf" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/40/lei-038-97.pdf" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/41/lei-039-97.pdf" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/42/lei-040-97.pdf" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/43/lei-041-97.pdf" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/44/lei-042-97.pdf" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/45/lei-043-97.pdf" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/46/lei-044-97.pdf" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/47/lei-045-97.pdf" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/48/lei-047-97.pdf" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/49/lei-048-97.pdf" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/50/lei-049-97.pdf" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/51/lei-050-97.pdf" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/52/lei-051-97.pdf" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/53/lei-052-97.pdf" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/54/lei-053-97.pdf" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/55/lei-054-97.pdf" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/56/lei-055-97.pdf" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/57/lei-056-97.pdf" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/58/lei-057-97.pdf" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/59/lei-058-97.pdf" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/60/lei-059-97.pdf" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/61/lei-060-97.pdf" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/62/lei-061-97.pdf" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/63/lei-062-97.pdf" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/64/lei-063-97.pdf" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/65/lei-064-97.pdf" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/66/lei-066-97-2-.pdf" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/67/lei-067-97-2-.pdf" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/68/lei-068-97-2-.pdf" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/69/lei-069-97a.pdf" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/70/lei-070-97.pdf" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/71/lei-071-97.pdf" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/72/lei-072-97.pdf" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/73/lei-073-97.pdf" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/74/lei-074-97.pdf" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1997/75/lei-075-97.pdf" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1995/1/n-000-criacao-do-municipio-de-cerrito.pdf" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cerrito.rs.leg.br/media/sapl/public/materialegislativa/1995/2/n-046-mudan-a-da-data-de-anivers-rio-do-munic-pio-_FQ5tJtY.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1295"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="181.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="181" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>